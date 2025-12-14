--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -1,3808 +1,5801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{21588C8C-AAF9-5346-A657-C0117E097DF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" date1904="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="18000" xr2:uid="{5CA42518-DD11-4D42-B40A-91D01325C94D}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Feuil1" sheetId="1" state="visible" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="181029"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...11 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
-    <t>CUB</t>
-[...23 lines deleted...]
-    <t>FORMULAIRE INSCRIPTION - CROSS DE SEGRÉ - DIMANCHE 01 DÉCEMBRE</t>
+    <t xml:space="preserve">FORMULAIRE INSCRIPTION - CROSS DE SEGRÉ - DIMANCHE 7 DÉCEMBRE</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="58"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <family val="0"/>
+        <charset val="1"/>
       </rPr>
       <t xml:space="preserve">
 Merci de renvoyer 
 ce fichier à l'adresse :
 </t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <b val="true"/>
         <sz val="58"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow (Corps)"/>
+        <family val="0"/>
+        <charset val="1"/>
       </rPr>
-      <t>nelly.essha@gmail.com</t>
+      <t xml:space="preserve">nelly.essha@gmail.com</t>
     </r>
   </si>
   <si>
-    <t>……..........................</t>
+    <t xml:space="preserve">CLUB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">……..........................</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRÉNOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LICENCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DATE NAISSANCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEXE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATÉGORIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N° COURSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N° eq Course 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="General"/>
+  </numFmts>
+  <fonts count="12">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="26"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="58"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="58"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow (Corps)"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="26"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="1"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
+      <charset val="1"/>
     </font>
     <font>
-      <b/>
-      <sz val="22"/>
+      <sz val="14"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="1"/>
     </font>
     <font>
-      <sz val="26"/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...17 lines deleted...]
-      <name val="Aptos Narrow (Corps)"/>
+      <charset val="1"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFC000"/>
-[...12 lines deleted...]
-        <bgColor indexed="64"/>
+        <fgColor rgb="FF000000"/>
+        <bgColor rgb="FF003300"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFDE92"/>
-        <bgColor indexed="64"/>
+        <bgColor rgb="FFFFFF6D"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF6D"/>
+        <bgColor rgb="FFFFDE92"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
-    <border>
+  <borders count="11">
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
-    <border>
-[...5 lines deleted...]
-      <bottom/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right/>
+      <top style="thin"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border>
-[...27 lines deleted...]
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
-      <right style="medium">
-[...115 lines deleted...]
-      <bottom/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  <cellStyleXfs count="20">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="32">
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+  <cellXfs count="18">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
-    <mruColors>
-[...1 lines deleted...]
-    </mruColors>
+    <indexedColors>
+      <rgbColor rgb="FF000000"/>
+      <rgbColor rgb="FFFFFFFF"/>
+      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FF00FF00"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008000"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FF808000"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FF808080"/>
+      <rgbColor rgb="FF9999FF"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FFFFFFCC"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FF660066"/>
+      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FF0066CC"/>
+      <rgbColor rgb="FFCCCCFF"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FF00CCFF"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FFCCFFCC"/>
+      <rgbColor rgb="FFFFFF6D"/>
+      <rgbColor rgb="FF99CCFF"/>
+      <rgbColor rgb="FFFF99CC"/>
+      <rgbColor rgb="FFCC99FF"/>
+      <rgbColor rgb="FFFFDE92"/>
+      <rgbColor rgb="FF3366FF"/>
+      <rgbColor rgb="FF33CCCC"/>
+      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFFFCC00"/>
+      <rgbColor rgb="FFFF9900"/>
+      <rgbColor rgb="FFFF6600"/>
+      <rgbColor rgb="FF666699"/>
+      <rgbColor rgb="FF969696"/>
+      <rgbColor rgb="FF003366"/>
+      <rgbColor rgb="FF339966"/>
+      <rgbColor rgb="FF003300"/>
+      <rgbColor rgb="FF333300"/>
+      <rgbColor rgb="FF993300"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FF333399"/>
+      <rgbColor rgb="FF333333"/>
+    </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="0e2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="e8e8e8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="e97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="196b24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="0f9ed5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="a02b93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="4ea72e"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="96607d"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...25 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCAF820D-8D48-BD44-843E-2BA19999C097}">
-  <dimension ref="E1:V143"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:S1048576"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="64" zoomScaleNormal="35" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="64" zoomScaleNormal="64" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="H6" activeCellId="0" sqref="H6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.72265625" defaultRowHeight="15.75" customHeight="true" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="4" max="4" width="12.1640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="29.5" customWidth="1"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="28.54"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="1" width="26.44"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="1" width="14.4"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="21.81"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="1" width="10.43"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="1" width="14.39"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="1" width="14.4"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="1" width="11.83"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="16381" min="9" style="1" width="10.72"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="16384" min="16382" style="1" width="12.31"/>
   </cols>
   <sheetData>
-    <row r="1" spans="5:22" ht="37" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E3" s="17" t="s">
+    <row r="1" customFormat="false" ht="63.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="J1" s="3"/>
+      <c r="K1" s="3"/>
+      <c r="L1" s="3"/>
+      <c r="M1" s="3"/>
+      <c r="N1" s="3"/>
+      <c r="O1" s="3"/>
+      <c r="P1" s="3"/>
+      <c r="Q1" s="3"/>
+      <c r="R1" s="3"/>
+      <c r="S1" s="3"/>
+    </row>
+    <row r="2" customFormat="false" ht="58.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+    </row>
+    <row r="3" customFormat="false" ht="43.1" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A3" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="17"/>
-[...5 lines deleted...]
-      <c r="L3" s="31" t="s">
+      <c r="F3" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M3" s="18"/>
-[...14 lines deleted...]
-      <c r="F4" s="16" t="s">
+      <c r="G3" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G4" s="16"/>
-[...18 lines deleted...]
-        <v>1</v>
+      <c r="H3" s="7" t="s">
+        <v>11</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...32 lines deleted...]
-      <c r="G6" s="1"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+    </row>
+    <row r="4" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A4" s="8"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8"/>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+    </row>
+    <row r="5" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A5" s="8"/>
+      <c r="B5" s="8"/>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="8"/>
+      <c r="F5" s="8"/>
+      <c r="G5" s="8"/>
+      <c r="H5" s="8"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+    </row>
+    <row r="6" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="8"/>
+      <c r="D6" s="8"/>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
       <c r="H6" s="8"/>
-      <c r="I6" s="1"/>
-[...17 lines deleted...]
-      <c r="G7" s="1"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+      <c r="R6" s="3"/>
+      <c r="S6" s="3"/>
+    </row>
+    <row r="7" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A7" s="8"/>
+      <c r="B7" s="8"/>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8"/>
+      <c r="E7" s="8"/>
+      <c r="F7" s="8"/>
+      <c r="G7" s="8"/>
       <c r="H7" s="8"/>
-      <c r="I7" s="1"/>
-[...17 lines deleted...]
-      <c r="G8" s="1"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+    </row>
+    <row r="8" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
       <c r="H8" s="8"/>
-      <c r="I8" s="1"/>
-[...17 lines deleted...]
-      <c r="G9" s="1"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
+      <c r="O8" s="3"/>
+      <c r="P8" s="3"/>
+      <c r="Q8" s="3"/>
+      <c r="R8" s="3"/>
+      <c r="S8" s="3"/>
+    </row>
+    <row r="9" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A9" s="8"/>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="G9" s="8"/>
       <c r="H9" s="8"/>
-      <c r="I9" s="1"/>
-[...17 lines deleted...]
-      <c r="G10" s="1"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+      <c r="Q9" s="3"/>
+      <c r="R9" s="3"/>
+      <c r="S9" s="3"/>
+    </row>
+    <row r="10" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
       <c r="H10" s="8"/>
-      <c r="I10" s="1"/>
-[...17 lines deleted...]
-      <c r="G11" s="1"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="3"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3"/>
+      <c r="O10" s="3"/>
+      <c r="P10" s="3"/>
+      <c r="Q10" s="3"/>
+      <c r="R10" s="3"/>
+      <c r="S10" s="3"/>
+    </row>
+    <row r="11" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A11" s="8"/>
+      <c r="B11" s="8"/>
+      <c r="C11" s="8"/>
+      <c r="D11" s="8"/>
+      <c r="E11" s="8"/>
+      <c r="F11" s="8"/>
+      <c r="G11" s="8"/>
       <c r="H11" s="8"/>
-      <c r="I11" s="1"/>
-[...17 lines deleted...]
-      <c r="G12" s="1"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+      <c r="P11" s="3"/>
+      <c r="Q11" s="3"/>
+      <c r="R11" s="3"/>
+      <c r="S11" s="3"/>
+    </row>
+    <row r="12" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
+      <c r="G12" s="8"/>
       <c r="H12" s="8"/>
-      <c r="I12" s="1"/>
-[...17 lines deleted...]
-      <c r="G13" s="1"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
+      <c r="P12" s="3"/>
+      <c r="Q12" s="3"/>
+      <c r="R12" s="3"/>
+      <c r="S12" s="3"/>
+    </row>
+    <row r="13" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
       <c r="H13" s="8"/>
-      <c r="I13" s="1"/>
-[...17 lines deleted...]
-      <c r="G14" s="1"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3"/>
+      <c r="P13" s="3"/>
+      <c r="Q13" s="3"/>
+      <c r="R13" s="3"/>
+      <c r="S13" s="3"/>
+    </row>
+    <row r="14" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="8"/>
+      <c r="D14" s="8"/>
+      <c r="E14" s="8"/>
+      <c r="F14" s="8"/>
+      <c r="G14" s="8"/>
       <c r="H14" s="8"/>
-      <c r="I14" s="1"/>
-[...17 lines deleted...]
-      <c r="G15" s="1"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+      <c r="M14" s="3"/>
+      <c r="N14" s="3"/>
+      <c r="O14" s="3"/>
+      <c r="P14" s="3"/>
+      <c r="Q14" s="3"/>
+      <c r="R14" s="3"/>
+      <c r="S14" s="3"/>
+    </row>
+    <row r="15" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A15" s="8"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="8"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8"/>
+      <c r="G15" s="8"/>
       <c r="H15" s="8"/>
-      <c r="I15" s="1"/>
-[...17 lines deleted...]
-      <c r="G16" s="1"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+    </row>
+    <row r="16" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="8"/>
+      <c r="G16" s="8"/>
       <c r="H16" s="8"/>
-      <c r="I16" s="1"/>
-[...17 lines deleted...]
-      <c r="G17" s="1"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+      <c r="Q16" s="3"/>
+      <c r="R16" s="3"/>
+      <c r="S16" s="3"/>
+    </row>
+    <row r="17" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A17" s="8"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="8"/>
+      <c r="G17" s="8"/>
       <c r="H17" s="8"/>
-      <c r="I17" s="1"/>
-[...17 lines deleted...]
-      <c r="G18" s="1"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+      <c r="Q17" s="3"/>
+      <c r="R17" s="3"/>
+      <c r="S17" s="3"/>
+    </row>
+    <row r="18" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
       <c r="H18" s="8"/>
-      <c r="I18" s="1"/>
-[...37 lines deleted...]
-      <c r="G20" s="1"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3"/>
+    </row>
+    <row r="19" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A19" s="8"/>
+      <c r="B19" s="8"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+      <c r="Q19" s="3"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="3"/>
+    </row>
+    <row r="20" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A20" s="8"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
       <c r="H20" s="8"/>
-      <c r="I20" s="1"/>
-[...17 lines deleted...]
-      <c r="G21" s="1"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+    </row>
+    <row r="21" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A21" s="8"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
       <c r="H21" s="8"/>
-      <c r="I21" s="1"/>
-[...17 lines deleted...]
-      <c r="G22" s="1"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+    </row>
+    <row r="22" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A22" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
       <c r="H22" s="8"/>
-      <c r="I22" s="1"/>
-[...17 lines deleted...]
-      <c r="G23" s="1"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+    </row>
+    <row r="23" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A23" s="8"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8"/>
       <c r="H23" s="8"/>
-      <c r="I23" s="1"/>
-[...17 lines deleted...]
-      <c r="G24" s="1"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3"/>
+      <c r="P23" s="3"/>
+      <c r="Q23" s="3"/>
+      <c r="R23" s="3"/>
+      <c r="S23" s="3"/>
+    </row>
+    <row r="24" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A24" s="8"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8"/>
+      <c r="G24" s="8"/>
       <c r="H24" s="8"/>
-      <c r="I24" s="1"/>
-[...17 lines deleted...]
-      <c r="G25" s="1"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3"/>
+      <c r="N24" s="3"/>
+      <c r="O24" s="3"/>
+      <c r="P24" s="3"/>
+      <c r="Q24" s="3"/>
+      <c r="R24" s="3"/>
+      <c r="S24" s="3"/>
+    </row>
+    <row r="25" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A25" s="8"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
       <c r="H25" s="8"/>
-      <c r="I25" s="1"/>
-[...17 lines deleted...]
-      <c r="G26" s="1"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+      <c r="M25" s="3"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3"/>
+      <c r="P25" s="3"/>
+      <c r="Q25" s="3"/>
+      <c r="R25" s="3"/>
+      <c r="S25" s="3"/>
+    </row>
+    <row r="26" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A26" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
       <c r="H26" s="8"/>
-      <c r="I26" s="1"/>
-[...17 lines deleted...]
-      <c r="G27" s="1"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+    </row>
+    <row r="27" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A27" s="8"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
       <c r="H27" s="8"/>
-      <c r="I27" s="1"/>
-[...37 lines deleted...]
-      <c r="G29" s="1"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+    </row>
+    <row r="28" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A28" s="8"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+      <c r="L28" s="3"/>
+      <c r="M28" s="3"/>
+      <c r="N28" s="3"/>
+      <c r="O28" s="3"/>
+      <c r="P28" s="3"/>
+      <c r="Q28" s="3"/>
+      <c r="R28" s="3"/>
+      <c r="S28" s="3"/>
+    </row>
+    <row r="29" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A29" s="8"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
       <c r="H29" s="8"/>
-      <c r="I29" s="1"/>
-[...17 lines deleted...]
-      <c r="G30" s="1"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+      <c r="P29" s="3"/>
+      <c r="Q29" s="3"/>
+      <c r="R29" s="3"/>
+      <c r="S29" s="3"/>
+    </row>
+    <row r="30" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A30" s="8"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="8"/>
       <c r="H30" s="8"/>
-      <c r="I30" s="1"/>
-[...17 lines deleted...]
-      <c r="G31" s="1"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3"/>
+      <c r="K30" s="3"/>
+      <c r="L30" s="3"/>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3"/>
+      <c r="O30" s="3"/>
+      <c r="P30" s="3"/>
+      <c r="Q30" s="3"/>
+      <c r="R30" s="3"/>
+      <c r="S30" s="3"/>
+    </row>
+    <row r="31" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A31" s="8"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
       <c r="H31" s="8"/>
-      <c r="I31" s="1"/>
-[...17 lines deleted...]
-      <c r="G32" s="1"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3"/>
+      <c r="P31" s="3"/>
+      <c r="Q31" s="3"/>
+      <c r="R31" s="3"/>
+      <c r="S31" s="3"/>
+    </row>
+    <row r="32" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A32" s="8"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="8"/>
+      <c r="G32" s="8"/>
       <c r="H32" s="8"/>
-      <c r="I32" s="1"/>
-[...17 lines deleted...]
-      <c r="G33" s="1"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="3"/>
+      <c r="K32" s="3"/>
+      <c r="L32" s="3"/>
+      <c r="M32" s="3"/>
+      <c r="N32" s="3"/>
+      <c r="O32" s="3"/>
+      <c r="P32" s="3"/>
+      <c r="Q32" s="3"/>
+      <c r="R32" s="3"/>
+      <c r="S32" s="3"/>
+    </row>
+    <row r="33" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A33" s="8"/>
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8"/>
       <c r="H33" s="8"/>
-      <c r="I33" s="1"/>
-[...17 lines deleted...]
-      <c r="G34" s="1"/>
+      <c r="I33" s="3"/>
+      <c r="J33" s="3"/>
+      <c r="K33" s="3"/>
+      <c r="L33" s="3"/>
+      <c r="M33" s="3"/>
+      <c r="N33" s="3"/>
+      <c r="O33" s="3"/>
+      <c r="P33" s="3"/>
+      <c r="Q33" s="3"/>
+      <c r="R33" s="3"/>
+      <c r="S33" s="3"/>
+    </row>
+    <row r="34" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A34" s="8"/>
+      <c r="B34" s="8"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
       <c r="H34" s="8"/>
-      <c r="I34" s="1"/>
-[...17 lines deleted...]
-      <c r="G35" s="1"/>
+      <c r="I34" s="3"/>
+      <c r="J34" s="3"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="3"/>
+      <c r="M34" s="3"/>
+      <c r="N34" s="3"/>
+      <c r="O34" s="3"/>
+      <c r="P34" s="3"/>
+      <c r="Q34" s="3"/>
+      <c r="R34" s="3"/>
+      <c r="S34" s="3"/>
+    </row>
+    <row r="35" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A35" s="8"/>
+      <c r="B35" s="8"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="8"/>
+      <c r="F35" s="8"/>
+      <c r="G35" s="8"/>
       <c r="H35" s="8"/>
-      <c r="I35" s="1"/>
-[...17 lines deleted...]
-      <c r="G36" s="1"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+    </row>
+    <row r="36" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A36" s="8"/>
+      <c r="B36" s="8"/>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="8"/>
+      <c r="F36" s="8"/>
+      <c r="G36" s="8"/>
       <c r="H36" s="8"/>
-      <c r="I36" s="1"/>
-[...17 lines deleted...]
-      <c r="G37" s="1"/>
+      <c r="I36" s="3"/>
+      <c r="J36" s="3"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="3"/>
+      <c r="M36" s="3"/>
+      <c r="N36" s="3"/>
+      <c r="O36" s="3"/>
+      <c r="P36" s="3"/>
+      <c r="Q36" s="3"/>
+      <c r="R36" s="3"/>
+      <c r="S36" s="3"/>
+    </row>
+    <row r="37" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A37" s="8"/>
+      <c r="B37" s="8"/>
+      <c r="C37" s="8"/>
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="8"/>
+      <c r="G37" s="8"/>
       <c r="H37" s="8"/>
-      <c r="I37" s="1"/>
-[...17 lines deleted...]
-      <c r="G38" s="1"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3"/>
+      <c r="O37" s="3"/>
+      <c r="P37" s="3"/>
+      <c r="Q37" s="3"/>
+      <c r="R37" s="3"/>
+      <c r="S37" s="3"/>
+    </row>
+    <row r="38" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A38" s="8"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8"/>
+      <c r="E38" s="8"/>
+      <c r="F38" s="8"/>
+      <c r="G38" s="8"/>
       <c r="H38" s="8"/>
-      <c r="I38" s="1"/>
-[...17 lines deleted...]
-      <c r="G39" s="1"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+    </row>
+    <row r="39" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A39" s="8"/>
+      <c r="B39" s="8"/>
+      <c r="C39" s="8"/>
+      <c r="D39" s="8"/>
+      <c r="E39" s="8"/>
+      <c r="F39" s="8"/>
+      <c r="G39" s="8"/>
       <c r="H39" s="8"/>
-      <c r="I39" s="1"/>
-[...17 lines deleted...]
-      <c r="G40" s="1"/>
+      <c r="I39" s="3"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="3"/>
+      <c r="L39" s="3"/>
+      <c r="M39" s="3"/>
+      <c r="N39" s="3"/>
+      <c r="O39" s="3"/>
+      <c r="P39" s="3"/>
+      <c r="Q39" s="3"/>
+      <c r="R39" s="3"/>
+      <c r="S39" s="3"/>
+    </row>
+    <row r="40" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A40" s="8"/>
+      <c r="B40" s="8"/>
+      <c r="C40" s="8"/>
+      <c r="D40" s="8"/>
+      <c r="E40" s="8"/>
+      <c r="F40" s="8"/>
+      <c r="G40" s="8"/>
       <c r="H40" s="8"/>
-      <c r="I40" s="1"/>
-[...17 lines deleted...]
-      <c r="G41" s="1"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="3"/>
+      <c r="L40" s="3"/>
+      <c r="M40" s="3"/>
+      <c r="N40" s="3"/>
+      <c r="O40" s="3"/>
+      <c r="P40" s="3"/>
+      <c r="Q40" s="3"/>
+      <c r="R40" s="3"/>
+      <c r="S40" s="3"/>
+    </row>
+    <row r="41" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A41" s="8"/>
+      <c r="B41" s="8"/>
+      <c r="C41" s="8"/>
+      <c r="D41" s="8"/>
+      <c r="E41" s="8"/>
+      <c r="F41" s="8"/>
+      <c r="G41" s="8"/>
       <c r="H41" s="8"/>
-      <c r="I41" s="1"/>
-[...37 lines deleted...]
-      <c r="G43" s="1"/>
+      <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3"/>
+      <c r="P41" s="3"/>
+      <c r="Q41" s="3"/>
+      <c r="R41" s="3"/>
+      <c r="S41" s="3"/>
+    </row>
+    <row r="42" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A42" s="8"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3"/>
+      <c r="O42" s="3"/>
+      <c r="P42" s="3"/>
+      <c r="Q42" s="3"/>
+      <c r="R42" s="3"/>
+      <c r="S42" s="3"/>
+    </row>
+    <row r="43" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A43" s="8"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="8"/>
       <c r="H43" s="8"/>
-      <c r="I43" s="1"/>
-[...17 lines deleted...]
-      <c r="G44" s="1"/>
+      <c r="I43" s="3"/>
+      <c r="J43" s="3"/>
+      <c r="K43" s="3"/>
+      <c r="L43" s="3"/>
+      <c r="M43" s="3"/>
+      <c r="N43" s="3"/>
+      <c r="O43" s="3"/>
+      <c r="P43" s="3"/>
+      <c r="Q43" s="3"/>
+      <c r="R43" s="3"/>
+      <c r="S43" s="3"/>
+    </row>
+    <row r="44" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A44" s="8"/>
+      <c r="B44" s="8"/>
+      <c r="C44" s="8"/>
+      <c r="D44" s="8"/>
+      <c r="E44" s="8"/>
+      <c r="F44" s="8"/>
+      <c r="G44" s="8"/>
       <c r="H44" s="8"/>
-      <c r="I44" s="1"/>
-[...17 lines deleted...]
-      <c r="G45" s="1"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3"/>
+      <c r="O44" s="3"/>
+      <c r="P44" s="3"/>
+      <c r="Q44" s="3"/>
+      <c r="R44" s="3"/>
+      <c r="S44" s="3"/>
+    </row>
+    <row r="45" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A45" s="8"/>
+      <c r="B45" s="8"/>
+      <c r="C45" s="8"/>
+      <c r="D45" s="8"/>
+      <c r="E45" s="8"/>
+      <c r="F45" s="8"/>
+      <c r="G45" s="8"/>
       <c r="H45" s="8"/>
-      <c r="I45" s="1"/>
-[...17 lines deleted...]
-      <c r="G46" s="1"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3"/>
+      <c r="P45" s="3"/>
+      <c r="Q45" s="3"/>
+      <c r="R45" s="3"/>
+      <c r="S45" s="3"/>
+    </row>
+    <row r="46" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A46" s="8"/>
+      <c r="B46" s="8"/>
+      <c r="C46" s="8"/>
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+      <c r="F46" s="8"/>
+      <c r="G46" s="8"/>
       <c r="H46" s="8"/>
-      <c r="I46" s="1"/>
-[...17 lines deleted...]
-      <c r="G47" s="1"/>
+      <c r="I46" s="3"/>
+      <c r="J46" s="3"/>
+      <c r="K46" s="3"/>
+      <c r="L46" s="3"/>
+      <c r="M46" s="3"/>
+      <c r="N46" s="3"/>
+      <c r="O46" s="3"/>
+      <c r="P46" s="3"/>
+      <c r="Q46" s="3"/>
+      <c r="R46" s="3"/>
+      <c r="S46" s="3"/>
+    </row>
+    <row r="47" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A47" s="8"/>
+      <c r="B47" s="8"/>
+      <c r="C47" s="8"/>
+      <c r="D47" s="8"/>
+      <c r="E47" s="8"/>
+      <c r="F47" s="8"/>
+      <c r="G47" s="8"/>
       <c r="H47" s="8"/>
-      <c r="I47" s="1"/>
-[...17 lines deleted...]
-      <c r="G48" s="1"/>
+      <c r="I47" s="3"/>
+      <c r="J47" s="3"/>
+      <c r="K47" s="3"/>
+      <c r="L47" s="3"/>
+      <c r="M47" s="3"/>
+      <c r="N47" s="3"/>
+      <c r="O47" s="3"/>
+      <c r="P47" s="3"/>
+      <c r="Q47" s="3"/>
+      <c r="R47" s="3"/>
+      <c r="S47" s="3"/>
+    </row>
+    <row r="48" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A48" s="8"/>
+      <c r="B48" s="8"/>
+      <c r="C48" s="8"/>
+      <c r="D48" s="8"/>
+      <c r="E48" s="8"/>
+      <c r="F48" s="8"/>
+      <c r="G48" s="8"/>
       <c r="H48" s="8"/>
-      <c r="I48" s="1"/>
-[...17 lines deleted...]
-      <c r="G49" s="1"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3"/>
+      <c r="O48" s="3"/>
+      <c r="P48" s="3"/>
+      <c r="Q48" s="3"/>
+      <c r="R48" s="3"/>
+      <c r="S48" s="3"/>
+    </row>
+    <row r="49" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A49" s="8"/>
+      <c r="B49" s="8"/>
+      <c r="C49" s="8"/>
+      <c r="D49" s="8"/>
+      <c r="E49" s="8"/>
+      <c r="F49" s="8"/>
+      <c r="G49" s="8"/>
       <c r="H49" s="8"/>
-      <c r="I49" s="1"/>
-[...17 lines deleted...]
-      <c r="G50" s="1"/>
+      <c r="I49" s="3"/>
+      <c r="J49" s="3"/>
+      <c r="K49" s="3"/>
+      <c r="L49" s="3"/>
+      <c r="M49" s="3"/>
+      <c r="N49" s="3"/>
+      <c r="O49" s="3"/>
+      <c r="P49" s="3"/>
+      <c r="Q49" s="3"/>
+      <c r="R49" s="3"/>
+      <c r="S49" s="3"/>
+    </row>
+    <row r="50" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A50" s="8"/>
+      <c r="B50" s="8"/>
+      <c r="C50" s="8"/>
+      <c r="D50" s="8"/>
+      <c r="E50" s="8"/>
+      <c r="F50" s="8"/>
+      <c r="G50" s="8"/>
       <c r="H50" s="8"/>
-      <c r="I50" s="1"/>
-[...37 lines deleted...]
-      <c r="G52" s="1"/>
+      <c r="I50" s="3"/>
+      <c r="J50" s="3"/>
+      <c r="K50" s="3"/>
+      <c r="L50" s="3"/>
+      <c r="M50" s="3"/>
+      <c r="N50" s="3"/>
+      <c r="O50" s="3"/>
+      <c r="P50" s="3"/>
+      <c r="Q50" s="3"/>
+      <c r="R50" s="3"/>
+      <c r="S50" s="3"/>
+    </row>
+    <row r="51" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A51" s="8"/>
+      <c r="B51" s="8"/>
+      <c r="C51" s="8"/>
+      <c r="D51" s="8"/>
+      <c r="E51" s="8"/>
+      <c r="F51" s="8"/>
+      <c r="G51" s="8"/>
+      <c r="H51" s="8"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+    </row>
+    <row r="52" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A52" s="8"/>
+      <c r="B52" s="8"/>
+      <c r="C52" s="8"/>
+      <c r="D52" s="8"/>
+      <c r="E52" s="8"/>
+      <c r="F52" s="8"/>
+      <c r="G52" s="8"/>
       <c r="H52" s="8"/>
-      <c r="I52" s="1"/>
-[...17 lines deleted...]
-      <c r="G53" s="1"/>
+      <c r="I52" s="3"/>
+      <c r="J52" s="3"/>
+      <c r="K52" s="3"/>
+      <c r="L52" s="3"/>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3"/>
+      <c r="O52" s="3"/>
+      <c r="P52" s="3"/>
+      <c r="Q52" s="3"/>
+      <c r="R52" s="3"/>
+      <c r="S52" s="3"/>
+    </row>
+    <row r="53" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A53" s="8"/>
+      <c r="B53" s="8"/>
+      <c r="C53" s="8"/>
+      <c r="D53" s="8"/>
+      <c r="E53" s="8"/>
+      <c r="F53" s="8"/>
+      <c r="G53" s="8"/>
       <c r="H53" s="8"/>
-      <c r="I53" s="1"/>
-[...17 lines deleted...]
-      <c r="G54" s="1"/>
+      <c r="I53" s="3"/>
+      <c r="J53" s="3"/>
+      <c r="K53" s="3"/>
+      <c r="L53" s="3"/>
+      <c r="M53" s="3"/>
+      <c r="N53" s="3"/>
+      <c r="O53" s="3"/>
+      <c r="P53" s="3"/>
+      <c r="Q53" s="3"/>
+      <c r="R53" s="3"/>
+      <c r="S53" s="3"/>
+    </row>
+    <row r="54" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A54" s="8"/>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="8"/>
+      <c r="E54" s="8"/>
+      <c r="F54" s="8"/>
+      <c r="G54" s="8"/>
       <c r="H54" s="8"/>
-      <c r="I54" s="1"/>
-[...17 lines deleted...]
-      <c r="G55" s="1"/>
+      <c r="I54" s="3"/>
+      <c r="J54" s="3"/>
+      <c r="K54" s="3"/>
+      <c r="L54" s="3"/>
+      <c r="M54" s="3"/>
+      <c r="N54" s="3"/>
+      <c r="O54" s="3"/>
+      <c r="P54" s="3"/>
+      <c r="Q54" s="3"/>
+      <c r="R54" s="3"/>
+      <c r="S54" s="3"/>
+    </row>
+    <row r="55" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A55" s="8"/>
+      <c r="B55" s="8"/>
+      <c r="C55" s="8"/>
+      <c r="D55" s="8"/>
+      <c r="E55" s="8"/>
+      <c r="F55" s="8"/>
+      <c r="G55" s="8"/>
       <c r="H55" s="8"/>
-      <c r="I55" s="1"/>
-[...17 lines deleted...]
-      <c r="G56" s="1"/>
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3"/>
+      <c r="P55" s="3"/>
+      <c r="Q55" s="3"/>
+      <c r="R55" s="3"/>
+      <c r="S55" s="3"/>
+    </row>
+    <row r="56" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A56" s="8"/>
+      <c r="B56" s="8"/>
+      <c r="C56" s="8"/>
+      <c r="D56" s="8"/>
+      <c r="E56" s="8"/>
+      <c r="F56" s="8"/>
+      <c r="G56" s="8"/>
       <c r="H56" s="8"/>
-      <c r="I56" s="1"/>
-[...17 lines deleted...]
-      <c r="G57" s="1"/>
+      <c r="I56" s="3"/>
+      <c r="J56" s="3"/>
+      <c r="K56" s="3"/>
+      <c r="L56" s="3"/>
+      <c r="M56" s="3"/>
+      <c r="N56" s="3"/>
+      <c r="O56" s="3"/>
+      <c r="P56" s="3"/>
+      <c r="Q56" s="3"/>
+      <c r="R56" s="3"/>
+      <c r="S56" s="3"/>
+    </row>
+    <row r="57" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A57" s="8"/>
+      <c r="B57" s="8"/>
+      <c r="C57" s="8"/>
+      <c r="D57" s="8"/>
+      <c r="E57" s="8"/>
+      <c r="F57" s="8"/>
+      <c r="G57" s="8"/>
       <c r="H57" s="8"/>
-      <c r="I57" s="1"/>
-[...17 lines deleted...]
-      <c r="G58" s="1"/>
+      <c r="I57" s="3"/>
+      <c r="J57" s="3"/>
+      <c r="K57" s="3"/>
+      <c r="L57" s="3"/>
+      <c r="M57" s="3"/>
+      <c r="N57" s="3"/>
+      <c r="O57" s="3"/>
+      <c r="P57" s="3"/>
+      <c r="Q57" s="3"/>
+      <c r="R57" s="3"/>
+      <c r="S57" s="3"/>
+    </row>
+    <row r="58" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A58" s="8"/>
+      <c r="B58" s="8"/>
+      <c r="C58" s="8"/>
+      <c r="D58" s="8"/>
+      <c r="E58" s="8"/>
+      <c r="F58" s="8"/>
+      <c r="G58" s="8"/>
       <c r="H58" s="8"/>
-      <c r="I58" s="1"/>
-[...17 lines deleted...]
-      <c r="G59" s="1"/>
+      <c r="I58" s="3"/>
+      <c r="J58" s="3"/>
+      <c r="K58" s="3"/>
+      <c r="L58" s="3"/>
+      <c r="M58" s="3"/>
+      <c r="N58" s="3"/>
+      <c r="O58" s="3"/>
+      <c r="P58" s="3"/>
+      <c r="Q58" s="3"/>
+      <c r="R58" s="3"/>
+      <c r="S58" s="3"/>
+    </row>
+    <row r="59" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A59" s="8"/>
+      <c r="B59" s="8"/>
+      <c r="C59" s="8"/>
+      <c r="D59" s="8"/>
+      <c r="E59" s="8"/>
+      <c r="F59" s="8"/>
+      <c r="G59" s="8"/>
       <c r="H59" s="8"/>
-      <c r="I59" s="1"/>
-[...17 lines deleted...]
-      <c r="G60" s="1"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="3"/>
+      <c r="N59" s="3"/>
+      <c r="O59" s="3"/>
+      <c r="P59" s="3"/>
+      <c r="Q59" s="3"/>
+      <c r="R59" s="3"/>
+      <c r="S59" s="3"/>
+    </row>
+    <row r="60" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A60" s="8"/>
+      <c r="B60" s="8"/>
+      <c r="C60" s="8"/>
+      <c r="D60" s="8"/>
+      <c r="E60" s="8"/>
+      <c r="F60" s="8"/>
+      <c r="G60" s="8"/>
       <c r="H60" s="8"/>
-      <c r="I60" s="1"/>
-[...17 lines deleted...]
-      <c r="G61" s="1"/>
+      <c r="I60" s="3"/>
+      <c r="J60" s="3"/>
+      <c r="K60" s="3"/>
+      <c r="L60" s="3"/>
+      <c r="M60" s="3"/>
+      <c r="N60" s="3"/>
+      <c r="O60" s="3"/>
+      <c r="P60" s="3"/>
+      <c r="Q60" s="3"/>
+      <c r="R60" s="3"/>
+      <c r="S60" s="3"/>
+    </row>
+    <row r="61" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A61" s="8"/>
+      <c r="B61" s="8"/>
+      <c r="C61" s="8"/>
+      <c r="D61" s="8"/>
+      <c r="E61" s="8"/>
+      <c r="F61" s="8"/>
+      <c r="G61" s="8"/>
       <c r="H61" s="8"/>
-      <c r="I61" s="1"/>
-[...17 lines deleted...]
-      <c r="G62" s="1"/>
+      <c r="I61" s="3"/>
+      <c r="J61" s="3"/>
+      <c r="K61" s="3"/>
+      <c r="L61" s="3"/>
+      <c r="M61" s="3"/>
+      <c r="N61" s="3"/>
+      <c r="O61" s="3"/>
+      <c r="P61" s="3"/>
+      <c r="Q61" s="3"/>
+      <c r="R61" s="3"/>
+      <c r="S61" s="3"/>
+    </row>
+    <row r="62" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A62" s="8"/>
+      <c r="B62" s="8"/>
+      <c r="C62" s="8"/>
+      <c r="D62" s="8"/>
+      <c r="E62" s="8"/>
+      <c r="F62" s="8"/>
+      <c r="G62" s="8"/>
       <c r="H62" s="8"/>
-      <c r="I62" s="1"/>
-[...17 lines deleted...]
-      <c r="G63" s="1"/>
+      <c r="I62" s="3"/>
+      <c r="J62" s="3"/>
+      <c r="K62" s="3"/>
+      <c r="L62" s="3"/>
+      <c r="M62" s="3"/>
+      <c r="N62" s="3"/>
+      <c r="O62" s="3"/>
+      <c r="P62" s="3"/>
+      <c r="Q62" s="3"/>
+      <c r="R62" s="3"/>
+      <c r="S62" s="3"/>
+    </row>
+    <row r="63" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A63" s="8"/>
+      <c r="B63" s="8"/>
+      <c r="C63" s="8"/>
+      <c r="D63" s="8"/>
+      <c r="E63" s="8"/>
+      <c r="F63" s="8"/>
+      <c r="G63" s="8"/>
       <c r="H63" s="8"/>
-      <c r="I63" s="1"/>
-[...215 lines deleted...]
-      <c r="E74" s="9"/>
+      <c r="I63" s="3"/>
+      <c r="J63" s="3"/>
+      <c r="K63" s="3"/>
+      <c r="L63" s="3"/>
+      <c r="M63" s="3"/>
+      <c r="N63" s="3"/>
+      <c r="O63" s="3"/>
+      <c r="P63" s="3"/>
+      <c r="Q63" s="3"/>
+      <c r="R63" s="3"/>
+      <c r="S63" s="3"/>
+    </row>
+    <row r="64" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A64" s="9"/>
+      <c r="B64" s="8"/>
+      <c r="C64" s="8"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="8"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="11"/>
+      <c r="H64" s="11"/>
+      <c r="I64" s="3"/>
+      <c r="J64" s="3"/>
+      <c r="K64" s="3"/>
+      <c r="L64" s="3"/>
+      <c r="M64" s="3"/>
+      <c r="N64" s="3"/>
+      <c r="O64" s="3"/>
+      <c r="P64" s="3"/>
+      <c r="Q64" s="3"/>
+      <c r="R64" s="3"/>
+      <c r="S64" s="3"/>
+    </row>
+    <row r="65" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A65" s="9"/>
+      <c r="B65" s="8"/>
+      <c r="C65" s="8"/>
+      <c r="D65" s="10"/>
+      <c r="E65" s="8"/>
+      <c r="F65" s="10"/>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
+      <c r="I65" s="3"/>
+      <c r="J65" s="3"/>
+      <c r="K65" s="3"/>
+      <c r="L65" s="3"/>
+      <c r="M65" s="3"/>
+      <c r="N65" s="3"/>
+      <c r="O65" s="3"/>
+      <c r="P65" s="3"/>
+      <c r="Q65" s="3"/>
+      <c r="R65" s="3"/>
+      <c r="S65" s="3"/>
+    </row>
+    <row r="66" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A66" s="9"/>
+      <c r="B66" s="8"/>
+      <c r="C66" s="8"/>
+      <c r="D66" s="10"/>
+      <c r="E66" s="8"/>
+      <c r="F66" s="10"/>
+      <c r="G66" s="11"/>
+      <c r="H66" s="11"/>
+      <c r="I66" s="3"/>
+      <c r="J66" s="3"/>
+      <c r="K66" s="3"/>
+      <c r="L66" s="3"/>
+      <c r="M66" s="3"/>
+      <c r="N66" s="3"/>
+      <c r="O66" s="3"/>
+      <c r="P66" s="3"/>
+      <c r="Q66" s="3"/>
+      <c r="R66" s="3"/>
+      <c r="S66" s="3"/>
+    </row>
+    <row r="67" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A67" s="9"/>
+      <c r="B67" s="8"/>
+      <c r="C67" s="8"/>
+      <c r="D67" s="10"/>
+      <c r="E67" s="8"/>
+      <c r="F67" s="10"/>
+      <c r="G67" s="11"/>
+      <c r="H67" s="11"/>
+      <c r="I67" s="3"/>
+      <c r="J67" s="3"/>
+      <c r="K67" s="3"/>
+      <c r="L67" s="3"/>
+      <c r="M67" s="3"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3"/>
+      <c r="P67" s="3"/>
+      <c r="Q67" s="3"/>
+      <c r="R67" s="3"/>
+      <c r="S67" s="3"/>
+    </row>
+    <row r="68" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A68" s="9"/>
+      <c r="B68" s="8"/>
+      <c r="C68" s="8"/>
+      <c r="D68" s="10"/>
+      <c r="E68" s="8"/>
+      <c r="F68" s="10"/>
+      <c r="G68" s="11"/>
+      <c r="H68" s="11"/>
+      <c r="I68" s="3"/>
+      <c r="J68" s="3"/>
+      <c r="K68" s="3"/>
+      <c r="L68" s="3"/>
+      <c r="M68" s="3"/>
+      <c r="N68" s="3"/>
+      <c r="O68" s="3"/>
+      <c r="P68" s="3"/>
+      <c r="Q68" s="3"/>
+      <c r="R68" s="3"/>
+      <c r="S68" s="3"/>
+    </row>
+    <row r="69" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A69" s="9"/>
+      <c r="B69" s="8"/>
+      <c r="C69" s="8"/>
+      <c r="D69" s="10"/>
+      <c r="E69" s="8"/>
+      <c r="F69" s="10"/>
+      <c r="G69" s="11"/>
+      <c r="H69" s="11"/>
+      <c r="I69" s="3"/>
+      <c r="J69" s="3"/>
+      <c r="K69" s="3"/>
+      <c r="L69" s="3"/>
+      <c r="M69" s="3"/>
+      <c r="N69" s="3"/>
+      <c r="O69" s="3"/>
+      <c r="P69" s="3"/>
+      <c r="Q69" s="3"/>
+      <c r="R69" s="3"/>
+      <c r="S69" s="3"/>
+    </row>
+    <row r="70" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A70" s="9"/>
+      <c r="B70" s="8"/>
+      <c r="C70" s="8"/>
+      <c r="D70" s="10"/>
+      <c r="E70" s="8"/>
+      <c r="F70" s="10"/>
+      <c r="G70" s="11"/>
+      <c r="H70" s="11"/>
+      <c r="I70" s="3"/>
+      <c r="J70" s="3"/>
+      <c r="K70" s="3"/>
+      <c r="L70" s="3"/>
+      <c r="M70" s="3"/>
+      <c r="N70" s="3"/>
+      <c r="O70" s="3"/>
+      <c r="P70" s="3"/>
+      <c r="Q70" s="3"/>
+      <c r="R70" s="3"/>
+      <c r="S70" s="3"/>
+    </row>
+    <row r="71" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A71" s="9"/>
+      <c r="B71" s="8"/>
+      <c r="C71" s="8"/>
+      <c r="D71" s="10"/>
+      <c r="E71" s="8"/>
+      <c r="F71" s="10"/>
+      <c r="G71" s="11"/>
+      <c r="H71" s="11"/>
+      <c r="I71" s="3"/>
+      <c r="J71" s="3"/>
+      <c r="K71" s="3"/>
+      <c r="L71" s="3"/>
+      <c r="M71" s="3"/>
+      <c r="N71" s="3"/>
+      <c r="O71" s="3"/>
+      <c r="P71" s="3"/>
+      <c r="Q71" s="3"/>
+      <c r="R71" s="3"/>
+      <c r="S71" s="3"/>
+    </row>
+    <row r="72" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A72" s="12"/>
+      <c r="B72" s="13"/>
+      <c r="C72" s="13"/>
+      <c r="D72" s="14"/>
+      <c r="E72" s="13"/>
+      <c r="F72" s="14"/>
+      <c r="G72" s="15"/>
+      <c r="H72" s="15"/>
+      <c r="I72" s="3"/>
+      <c r="J72" s="3"/>
+      <c r="K72" s="3"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3"/>
+      <c r="N72" s="3"/>
+      <c r="O72" s="3"/>
+      <c r="P72" s="3"/>
+      <c r="Q72" s="3"/>
+      <c r="R72" s="3"/>
+      <c r="S72" s="3"/>
+    </row>
+    <row r="73" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A73" s="9"/>
+      <c r="B73" s="8"/>
+      <c r="C73" s="8"/>
+      <c r="D73" s="10"/>
+      <c r="E73" s="8"/>
+      <c r="F73" s="10"/>
+      <c r="G73" s="11"/>
+      <c r="H73" s="11"/>
+      <c r="I73" s="3"/>
+      <c r="J73" s="3"/>
+      <c r="K73" s="3"/>
+      <c r="L73" s="3"/>
+      <c r="M73" s="3"/>
+      <c r="N73" s="3"/>
+      <c r="O73" s="3"/>
+      <c r="P73" s="3"/>
+      <c r="Q73" s="3"/>
+      <c r="R73" s="3"/>
+      <c r="S73" s="3"/>
+    </row>
+    <row r="74" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A74" s="9"/>
+      <c r="B74" s="8"/>
+      <c r="C74" s="8"/>
+      <c r="D74" s="10"/>
+      <c r="E74" s="8"/>
       <c r="F74" s="10"/>
       <c r="G74" s="11"/>
-      <c r="H74" s="12"/>
-[...456 lines deleted...]
-      <c r="E97" s="9"/>
+      <c r="H74" s="11"/>
+      <c r="I74" s="3"/>
+      <c r="J74" s="3"/>
+      <c r="K74" s="3"/>
+      <c r="L74" s="3"/>
+      <c r="M74" s="3"/>
+      <c r="N74" s="3"/>
+      <c r="O74" s="3"/>
+      <c r="P74" s="3"/>
+      <c r="Q74" s="3"/>
+      <c r="R74" s="3"/>
+      <c r="S74" s="3"/>
+    </row>
+    <row r="75" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A75" s="9"/>
+      <c r="B75" s="8"/>
+      <c r="C75" s="8"/>
+      <c r="D75" s="10"/>
+      <c r="E75" s="8"/>
+      <c r="F75" s="10"/>
+      <c r="G75" s="11"/>
+      <c r="H75" s="11"/>
+      <c r="I75" s="3"/>
+      <c r="J75" s="3"/>
+      <c r="K75" s="3"/>
+      <c r="L75" s="3"/>
+      <c r="M75" s="3"/>
+      <c r="N75" s="3"/>
+      <c r="O75" s="3"/>
+      <c r="P75" s="3"/>
+      <c r="Q75" s="3"/>
+      <c r="R75" s="3"/>
+      <c r="S75" s="3"/>
+    </row>
+    <row r="76" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A76" s="9"/>
+      <c r="B76" s="8"/>
+      <c r="C76" s="8"/>
+      <c r="D76" s="10"/>
+      <c r="E76" s="8"/>
+      <c r="F76" s="10"/>
+      <c r="G76" s="11"/>
+      <c r="H76" s="11"/>
+      <c r="I76" s="3"/>
+      <c r="J76" s="3"/>
+      <c r="K76" s="3"/>
+      <c r="L76" s="3"/>
+      <c r="M76" s="3"/>
+      <c r="N76" s="3"/>
+      <c r="O76" s="3"/>
+      <c r="P76" s="3"/>
+      <c r="Q76" s="3"/>
+      <c r="R76" s="3"/>
+      <c r="S76" s="3"/>
+    </row>
+    <row r="77" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A77" s="9"/>
+      <c r="B77" s="8"/>
+      <c r="C77" s="8"/>
+      <c r="D77" s="10"/>
+      <c r="E77" s="8"/>
+      <c r="F77" s="10"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="3"/>
+      <c r="J77" s="3"/>
+      <c r="K77" s="3"/>
+      <c r="L77" s="3"/>
+      <c r="M77" s="3"/>
+      <c r="N77" s="3"/>
+      <c r="O77" s="3"/>
+      <c r="P77" s="3"/>
+      <c r="Q77" s="3"/>
+      <c r="R77" s="3"/>
+      <c r="S77" s="3"/>
+    </row>
+    <row r="78" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A78" s="9"/>
+      <c r="B78" s="8"/>
+      <c r="C78" s="8"/>
+      <c r="D78" s="10"/>
+      <c r="E78" s="8"/>
+      <c r="F78" s="10"/>
+      <c r="G78" s="11"/>
+      <c r="H78" s="11"/>
+      <c r="I78" s="3"/>
+      <c r="J78" s="3"/>
+      <c r="K78" s="3"/>
+      <c r="L78" s="3"/>
+      <c r="M78" s="3"/>
+      <c r="N78" s="3"/>
+      <c r="O78" s="3"/>
+      <c r="P78" s="3"/>
+      <c r="Q78" s="3"/>
+      <c r="R78" s="3"/>
+      <c r="S78" s="3"/>
+    </row>
+    <row r="79" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A79" s="9"/>
+      <c r="B79" s="8"/>
+      <c r="C79" s="8"/>
+      <c r="D79" s="10"/>
+      <c r="E79" s="8"/>
+      <c r="F79" s="10"/>
+      <c r="G79" s="11"/>
+      <c r="H79" s="11"/>
+      <c r="I79" s="3"/>
+      <c r="J79" s="3"/>
+      <c r="K79" s="3"/>
+      <c r="L79" s="3"/>
+      <c r="M79" s="3"/>
+      <c r="N79" s="3"/>
+      <c r="O79" s="3"/>
+      <c r="P79" s="3"/>
+      <c r="Q79" s="3"/>
+      <c r="R79" s="3"/>
+      <c r="S79" s="3"/>
+    </row>
+    <row r="80" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A80" s="9"/>
+      <c r="B80" s="8"/>
+      <c r="C80" s="8"/>
+      <c r="D80" s="10"/>
+      <c r="E80" s="8"/>
+      <c r="F80" s="10"/>
+      <c r="G80" s="11"/>
+      <c r="H80" s="11"/>
+      <c r="I80" s="3"/>
+      <c r="J80" s="3"/>
+      <c r="K80" s="3"/>
+      <c r="L80" s="3"/>
+      <c r="M80" s="3"/>
+      <c r="N80" s="3"/>
+      <c r="O80" s="3"/>
+      <c r="P80" s="3"/>
+      <c r="Q80" s="3"/>
+      <c r="R80" s="3"/>
+      <c r="S80" s="3"/>
+    </row>
+    <row r="81" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A81" s="9"/>
+      <c r="B81" s="8"/>
+      <c r="C81" s="8"/>
+      <c r="D81" s="10"/>
+      <c r="E81" s="8"/>
+      <c r="F81" s="10"/>
+      <c r="G81" s="11"/>
+      <c r="H81" s="11"/>
+      <c r="I81" s="3"/>
+      <c r="J81" s="3"/>
+      <c r="K81" s="3"/>
+      <c r="L81" s="3"/>
+      <c r="M81" s="3"/>
+      <c r="N81" s="3"/>
+      <c r="O81" s="3"/>
+      <c r="P81" s="3"/>
+      <c r="Q81" s="3"/>
+      <c r="R81" s="3"/>
+      <c r="S81" s="3"/>
+    </row>
+    <row r="82" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A82" s="9"/>
+      <c r="B82" s="8"/>
+      <c r="C82" s="8"/>
+      <c r="D82" s="10"/>
+      <c r="E82" s="8"/>
+      <c r="F82" s="10"/>
+      <c r="G82" s="11"/>
+      <c r="H82" s="11"/>
+      <c r="I82" s="3"/>
+      <c r="J82" s="3"/>
+      <c r="K82" s="3"/>
+      <c r="L82" s="3"/>
+      <c r="M82" s="3"/>
+      <c r="N82" s="3"/>
+      <c r="O82" s="3"/>
+      <c r="P82" s="3"/>
+      <c r="Q82" s="3"/>
+      <c r="R82" s="3"/>
+      <c r="S82" s="3"/>
+    </row>
+    <row r="83" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A83" s="9"/>
+      <c r="B83" s="8"/>
+      <c r="C83" s="8"/>
+      <c r="D83" s="10"/>
+      <c r="E83" s="8"/>
+      <c r="F83" s="10"/>
+      <c r="G83" s="11"/>
+      <c r="H83" s="11"/>
+      <c r="I83" s="3"/>
+      <c r="J83" s="3"/>
+      <c r="K83" s="3"/>
+      <c r="L83" s="3"/>
+      <c r="M83" s="3"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3"/>
+      <c r="P83" s="3"/>
+      <c r="Q83" s="3"/>
+      <c r="R83" s="3"/>
+      <c r="S83" s="3"/>
+    </row>
+    <row r="84" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A84" s="9"/>
+      <c r="B84" s="8"/>
+      <c r="C84" s="8"/>
+      <c r="D84" s="10"/>
+      <c r="E84" s="8"/>
+      <c r="F84" s="10"/>
+      <c r="G84" s="11"/>
+      <c r="H84" s="11"/>
+      <c r="I84" s="3"/>
+      <c r="J84" s="3"/>
+      <c r="K84" s="3"/>
+      <c r="L84" s="3"/>
+      <c r="M84" s="3"/>
+      <c r="N84" s="3"/>
+      <c r="O84" s="3"/>
+      <c r="P84" s="3"/>
+      <c r="Q84" s="3"/>
+      <c r="R84" s="3"/>
+      <c r="S84" s="3"/>
+    </row>
+    <row r="85" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A85" s="9"/>
+      <c r="B85" s="8"/>
+      <c r="C85" s="8"/>
+      <c r="D85" s="10"/>
+      <c r="E85" s="8"/>
+      <c r="F85" s="10"/>
+      <c r="G85" s="11"/>
+      <c r="H85" s="11"/>
+      <c r="I85" s="3"/>
+      <c r="J85" s="3"/>
+      <c r="K85" s="3"/>
+      <c r="L85" s="3"/>
+      <c r="M85" s="3"/>
+      <c r="N85" s="3"/>
+      <c r="O85" s="3"/>
+      <c r="P85" s="3"/>
+      <c r="Q85" s="3"/>
+      <c r="R85" s="3"/>
+      <c r="S85" s="3"/>
+    </row>
+    <row r="86" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A86" s="9"/>
+      <c r="B86" s="8"/>
+      <c r="C86" s="10"/>
+      <c r="D86" s="16"/>
+      <c r="E86" s="8"/>
+      <c r="F86" s="10"/>
+      <c r="G86" s="11"/>
+      <c r="H86" s="11"/>
+      <c r="I86" s="3"/>
+      <c r="J86" s="3"/>
+      <c r="K86" s="3"/>
+      <c r="L86" s="3"/>
+      <c r="M86" s="3"/>
+      <c r="N86" s="3"/>
+      <c r="O86" s="3"/>
+      <c r="P86" s="3"/>
+      <c r="Q86" s="3"/>
+      <c r="R86" s="3"/>
+      <c r="S86" s="3"/>
+    </row>
+    <row r="87" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A87" s="9"/>
+      <c r="B87" s="8"/>
+      <c r="C87" s="8"/>
+      <c r="D87" s="10"/>
+      <c r="E87" s="8"/>
+      <c r="F87" s="10"/>
+      <c r="G87" s="11"/>
+      <c r="H87" s="11"/>
+      <c r="I87" s="3"/>
+      <c r="J87" s="3"/>
+      <c r="K87" s="3"/>
+      <c r="L87" s="3"/>
+      <c r="M87" s="3"/>
+      <c r="N87" s="3"/>
+      <c r="O87" s="3"/>
+      <c r="P87" s="3"/>
+      <c r="Q87" s="3"/>
+      <c r="R87" s="3"/>
+      <c r="S87" s="3"/>
+    </row>
+    <row r="88" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A88" s="9"/>
+      <c r="B88" s="8"/>
+      <c r="C88" s="8"/>
+      <c r="D88" s="10"/>
+      <c r="E88" s="8"/>
+      <c r="F88" s="10"/>
+      <c r="G88" s="11"/>
+      <c r="H88" s="11"/>
+      <c r="I88" s="3"/>
+      <c r="J88" s="3"/>
+      <c r="K88" s="3"/>
+      <c r="L88" s="3"/>
+      <c r="M88" s="3"/>
+      <c r="N88" s="3"/>
+      <c r="O88" s="3"/>
+      <c r="P88" s="3"/>
+      <c r="Q88" s="3"/>
+      <c r="R88" s="3"/>
+      <c r="S88" s="3"/>
+    </row>
+    <row r="89" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A89" s="9"/>
+      <c r="B89" s="8"/>
+      <c r="C89" s="8"/>
+      <c r="D89" s="10"/>
+      <c r="E89" s="8"/>
+      <c r="F89" s="10"/>
+      <c r="G89" s="11"/>
+      <c r="H89" s="11"/>
+      <c r="I89" s="3"/>
+      <c r="J89" s="3"/>
+      <c r="K89" s="3"/>
+      <c r="L89" s="3"/>
+      <c r="M89" s="3"/>
+      <c r="N89" s="3"/>
+      <c r="O89" s="3"/>
+      <c r="P89" s="3"/>
+      <c r="Q89" s="3"/>
+      <c r="R89" s="3"/>
+      <c r="S89" s="3"/>
+    </row>
+    <row r="90" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A90" s="9"/>
+      <c r="B90" s="8"/>
+      <c r="C90" s="8"/>
+      <c r="D90" s="10"/>
+      <c r="E90" s="8"/>
+      <c r="F90" s="10"/>
+      <c r="G90" s="11"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="3"/>
+      <c r="J90" s="3"/>
+      <c r="K90" s="3"/>
+      <c r="L90" s="3"/>
+      <c r="M90" s="3"/>
+      <c r="N90" s="3"/>
+      <c r="O90" s="3"/>
+      <c r="P90" s="3"/>
+      <c r="Q90" s="3"/>
+      <c r="R90" s="3"/>
+      <c r="S90" s="3"/>
+    </row>
+    <row r="91" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A91" s="9"/>
+      <c r="B91" s="8"/>
+      <c r="C91" s="8"/>
+      <c r="D91" s="10"/>
+      <c r="E91" s="8"/>
+      <c r="F91" s="10"/>
+      <c r="G91" s="11"/>
+      <c r="H91" s="11"/>
+      <c r="I91" s="3"/>
+      <c r="J91" s="3"/>
+      <c r="K91" s="3"/>
+      <c r="L91" s="3"/>
+      <c r="M91" s="3"/>
+      <c r="N91" s="3"/>
+      <c r="O91" s="3"/>
+      <c r="P91" s="3"/>
+      <c r="Q91" s="3"/>
+      <c r="R91" s="3"/>
+      <c r="S91" s="3"/>
+    </row>
+    <row r="92" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A92" s="9"/>
+      <c r="B92" s="8"/>
+      <c r="C92" s="8"/>
+      <c r="D92" s="10"/>
+      <c r="E92" s="8"/>
+      <c r="F92" s="10"/>
+      <c r="G92" s="11"/>
+      <c r="H92" s="11"/>
+      <c r="I92" s="3"/>
+      <c r="J92" s="3"/>
+      <c r="K92" s="3"/>
+      <c r="L92" s="3"/>
+      <c r="M92" s="3"/>
+      <c r="N92" s="3"/>
+      <c r="O92" s="3"/>
+      <c r="P92" s="3"/>
+      <c r="Q92" s="3"/>
+      <c r="R92" s="3"/>
+      <c r="S92" s="3"/>
+    </row>
+    <row r="93" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A93" s="9"/>
+      <c r="B93" s="8"/>
+      <c r="C93" s="8"/>
+      <c r="D93" s="10"/>
+      <c r="E93" s="8"/>
+      <c r="F93" s="10"/>
+      <c r="G93" s="11"/>
+      <c r="H93" s="11"/>
+      <c r="I93" s="3"/>
+      <c r="J93" s="3"/>
+      <c r="K93" s="3"/>
+      <c r="L93" s="3"/>
+      <c r="M93" s="3"/>
+      <c r="N93" s="3"/>
+      <c r="O93" s="3"/>
+      <c r="P93" s="3"/>
+      <c r="Q93" s="3"/>
+      <c r="R93" s="3"/>
+      <c r="S93" s="3"/>
+    </row>
+    <row r="94" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A94" s="9"/>
+      <c r="B94" s="8"/>
+      <c r="C94" s="8"/>
+      <c r="D94" s="10"/>
+      <c r="E94" s="8"/>
+      <c r="F94" s="10"/>
+      <c r="G94" s="11"/>
+      <c r="H94" s="11"/>
+      <c r="I94" s="3"/>
+      <c r="J94" s="3"/>
+      <c r="K94" s="3"/>
+      <c r="L94" s="3"/>
+      <c r="M94" s="3"/>
+      <c r="N94" s="3"/>
+      <c r="O94" s="3"/>
+      <c r="P94" s="3"/>
+      <c r="Q94" s="3"/>
+      <c r="R94" s="3"/>
+      <c r="S94" s="3"/>
+    </row>
+    <row r="95" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A95" s="12"/>
+      <c r="B95" s="13"/>
+      <c r="C95" s="13"/>
+      <c r="D95" s="14"/>
+      <c r="E95" s="13"/>
+      <c r="F95" s="14"/>
+      <c r="G95" s="15"/>
+      <c r="H95" s="15"/>
+      <c r="I95" s="3"/>
+      <c r="J95" s="3"/>
+      <c r="K95" s="3"/>
+      <c r="L95" s="3"/>
+      <c r="M95" s="3"/>
+      <c r="N95" s="3"/>
+      <c r="O95" s="3"/>
+      <c r="P95" s="3"/>
+      <c r="Q95" s="3"/>
+      <c r="R95" s="3"/>
+      <c r="S95" s="3"/>
+    </row>
+    <row r="96" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A96" s="9"/>
+      <c r="B96" s="8"/>
+      <c r="C96" s="8"/>
+      <c r="D96" s="10"/>
+      <c r="E96" s="8"/>
+      <c r="F96" s="10"/>
+      <c r="G96" s="11"/>
+      <c r="H96" s="11"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+      <c r="M96" s="3"/>
+      <c r="N96" s="3"/>
+      <c r="O96" s="3"/>
+      <c r="P96" s="3"/>
+      <c r="Q96" s="3"/>
+      <c r="R96" s="3"/>
+      <c r="S96" s="3"/>
+    </row>
+    <row r="97" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A97" s="9"/>
+      <c r="B97" s="8"/>
+      <c r="C97" s="8"/>
+      <c r="D97" s="10"/>
+      <c r="E97" s="8"/>
       <c r="F97" s="10"/>
       <c r="G97" s="11"/>
-      <c r="H97" s="12"/>
-[...456 lines deleted...]
-      <c r="E120" s="9"/>
+      <c r="H97" s="11"/>
+      <c r="I97" s="3"/>
+      <c r="J97" s="3"/>
+      <c r="K97" s="3"/>
+      <c r="L97" s="3"/>
+      <c r="M97" s="3"/>
+      <c r="N97" s="3"/>
+      <c r="O97" s="3"/>
+      <c r="P97" s="3"/>
+      <c r="Q97" s="3"/>
+      <c r="R97" s="3"/>
+      <c r="S97" s="3"/>
+    </row>
+    <row r="98" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A98" s="9"/>
+      <c r="B98" s="8"/>
+      <c r="C98" s="8"/>
+      <c r="D98" s="10"/>
+      <c r="E98" s="8"/>
+      <c r="F98" s="10"/>
+      <c r="G98" s="11"/>
+      <c r="H98" s="11"/>
+      <c r="I98" s="3"/>
+      <c r="J98" s="3"/>
+      <c r="K98" s="3"/>
+      <c r="L98" s="3"/>
+      <c r="M98" s="3"/>
+      <c r="N98" s="3"/>
+      <c r="O98" s="3"/>
+      <c r="P98" s="3"/>
+      <c r="Q98" s="3"/>
+      <c r="R98" s="3"/>
+      <c r="S98" s="3"/>
+    </row>
+    <row r="99" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A99" s="9"/>
+      <c r="B99" s="8"/>
+      <c r="C99" s="8"/>
+      <c r="D99" s="10"/>
+      <c r="E99" s="8"/>
+      <c r="F99" s="10"/>
+      <c r="G99" s="11"/>
+      <c r="H99" s="11"/>
+      <c r="I99" s="3"/>
+      <c r="J99" s="3"/>
+      <c r="K99" s="3"/>
+      <c r="L99" s="3"/>
+      <c r="M99" s="3"/>
+      <c r="N99" s="3"/>
+      <c r="O99" s="3"/>
+      <c r="P99" s="3"/>
+      <c r="Q99" s="3"/>
+      <c r="R99" s="3"/>
+      <c r="S99" s="3"/>
+    </row>
+    <row r="100" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A100" s="9"/>
+      <c r="B100" s="8"/>
+      <c r="C100" s="8"/>
+      <c r="D100" s="10"/>
+      <c r="E100" s="8"/>
+      <c r="F100" s="10"/>
+      <c r="G100" s="11"/>
+      <c r="H100" s="11"/>
+      <c r="I100" s="3"/>
+      <c r="J100" s="3"/>
+      <c r="K100" s="3"/>
+      <c r="L100" s="3"/>
+      <c r="M100" s="3"/>
+      <c r="N100" s="3"/>
+      <c r="O100" s="3"/>
+      <c r="P100" s="3"/>
+      <c r="Q100" s="3"/>
+      <c r="R100" s="3"/>
+      <c r="S100" s="3"/>
+    </row>
+    <row r="101" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A101" s="9"/>
+      <c r="B101" s="8"/>
+      <c r="C101" s="8"/>
+      <c r="D101" s="10"/>
+      <c r="E101" s="8"/>
+      <c r="F101" s="10"/>
+      <c r="G101" s="11"/>
+      <c r="H101" s="11"/>
+      <c r="I101" s="3"/>
+      <c r="J101" s="3"/>
+      <c r="K101" s="3"/>
+      <c r="L101" s="3"/>
+      <c r="M101" s="3"/>
+      <c r="N101" s="3"/>
+      <c r="O101" s="3"/>
+      <c r="P101" s="3"/>
+      <c r="Q101" s="3"/>
+      <c r="R101" s="3"/>
+      <c r="S101" s="3"/>
+    </row>
+    <row r="102" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A102" s="9"/>
+      <c r="B102" s="8"/>
+      <c r="C102" s="8"/>
+      <c r="D102" s="10"/>
+      <c r="E102" s="8"/>
+      <c r="F102" s="10"/>
+      <c r="G102" s="11"/>
+      <c r="H102" s="11"/>
+      <c r="I102" s="3"/>
+      <c r="J102" s="3"/>
+      <c r="K102" s="3"/>
+      <c r="L102" s="3"/>
+      <c r="M102" s="3"/>
+      <c r="N102" s="3"/>
+      <c r="O102" s="3"/>
+      <c r="P102" s="3"/>
+      <c r="Q102" s="3"/>
+      <c r="R102" s="3"/>
+      <c r="S102" s="3"/>
+    </row>
+    <row r="103" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A103" s="9"/>
+      <c r="B103" s="8"/>
+      <c r="C103" s="8"/>
+      <c r="D103" s="10"/>
+      <c r="E103" s="8"/>
+      <c r="F103" s="10"/>
+      <c r="G103" s="11"/>
+      <c r="H103" s="11"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="3"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="3"/>
+      <c r="M103" s="3"/>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3"/>
+      <c r="P103" s="3"/>
+      <c r="Q103" s="3"/>
+      <c r="R103" s="3"/>
+      <c r="S103" s="3"/>
+    </row>
+    <row r="104" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A104" s="9"/>
+      <c r="B104" s="8"/>
+      <c r="C104" s="8"/>
+      <c r="D104" s="10"/>
+      <c r="E104" s="8"/>
+      <c r="F104" s="10"/>
+      <c r="G104" s="11"/>
+      <c r="H104" s="11"/>
+      <c r="I104" s="3"/>
+      <c r="J104" s="3"/>
+      <c r="K104" s="3"/>
+      <c r="L104" s="3"/>
+      <c r="M104" s="3"/>
+      <c r="N104" s="3"/>
+      <c r="O104" s="3"/>
+      <c r="P104" s="3"/>
+      <c r="Q104" s="3"/>
+      <c r="R104" s="3"/>
+      <c r="S104" s="3"/>
+    </row>
+    <row r="105" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A105" s="9"/>
+      <c r="B105" s="8"/>
+      <c r="C105" s="8"/>
+      <c r="D105" s="10"/>
+      <c r="E105" s="8"/>
+      <c r="F105" s="10"/>
+      <c r="G105" s="11"/>
+      <c r="H105" s="11"/>
+      <c r="I105" s="3"/>
+      <c r="J105" s="3"/>
+      <c r="K105" s="3"/>
+      <c r="L105" s="3"/>
+      <c r="M105" s="3"/>
+      <c r="N105" s="3"/>
+      <c r="O105" s="3"/>
+      <c r="P105" s="3"/>
+      <c r="Q105" s="3"/>
+      <c r="R105" s="3"/>
+      <c r="S105" s="3"/>
+    </row>
+    <row r="106" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A106" s="9"/>
+      <c r="B106" s="8"/>
+      <c r="C106" s="8"/>
+      <c r="D106" s="10"/>
+      <c r="E106" s="8"/>
+      <c r="F106" s="10"/>
+      <c r="G106" s="11"/>
+      <c r="H106" s="11"/>
+      <c r="I106" s="3"/>
+      <c r="J106" s="3"/>
+      <c r="K106" s="3"/>
+      <c r="L106" s="3"/>
+      <c r="M106" s="3"/>
+      <c r="N106" s="3"/>
+      <c r="O106" s="3"/>
+      <c r="P106" s="3"/>
+      <c r="Q106" s="3"/>
+      <c r="R106" s="3"/>
+      <c r="S106" s="3"/>
+    </row>
+    <row r="107" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A107" s="9"/>
+      <c r="B107" s="8"/>
+      <c r="C107" s="8"/>
+      <c r="D107" s="10"/>
+      <c r="E107" s="8"/>
+      <c r="F107" s="10"/>
+      <c r="G107" s="11"/>
+      <c r="H107" s="11"/>
+      <c r="I107" s="3"/>
+      <c r="J107" s="3"/>
+      <c r="K107" s="3"/>
+      <c r="L107" s="3"/>
+      <c r="M107" s="3"/>
+      <c r="N107" s="3"/>
+      <c r="O107" s="3"/>
+      <c r="P107" s="3"/>
+      <c r="Q107" s="3"/>
+      <c r="R107" s="3"/>
+      <c r="S107" s="3"/>
+    </row>
+    <row r="108" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A108" s="9"/>
+      <c r="B108" s="8"/>
+      <c r="C108" s="8"/>
+      <c r="D108" s="10"/>
+      <c r="E108" s="8"/>
+      <c r="F108" s="10"/>
+      <c r="G108" s="11"/>
+      <c r="H108" s="11"/>
+      <c r="I108" s="3"/>
+      <c r="J108" s="3"/>
+      <c r="K108" s="3"/>
+      <c r="L108" s="3"/>
+      <c r="M108" s="3"/>
+      <c r="N108" s="3"/>
+      <c r="O108" s="3"/>
+      <c r="P108" s="3"/>
+      <c r="Q108" s="3"/>
+      <c r="R108" s="3"/>
+      <c r="S108" s="3"/>
+    </row>
+    <row r="109" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A109" s="9"/>
+      <c r="B109" s="8"/>
+      <c r="C109" s="10"/>
+      <c r="D109" s="16"/>
+      <c r="E109" s="8"/>
+      <c r="F109" s="10"/>
+      <c r="G109" s="11"/>
+      <c r="H109" s="11"/>
+      <c r="I109" s="3"/>
+      <c r="J109" s="3"/>
+      <c r="K109" s="3"/>
+      <c r="L109" s="3"/>
+      <c r="M109" s="3"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3"/>
+      <c r="P109" s="3"/>
+      <c r="Q109" s="3"/>
+      <c r="R109" s="3"/>
+      <c r="S109" s="3"/>
+    </row>
+    <row r="110" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A110" s="9"/>
+      <c r="B110" s="8"/>
+      <c r="C110" s="8"/>
+      <c r="D110" s="10"/>
+      <c r="E110" s="8"/>
+      <c r="F110" s="10"/>
+      <c r="G110" s="11"/>
+      <c r="H110" s="11"/>
+      <c r="I110" s="3"/>
+      <c r="J110" s="3"/>
+      <c r="K110" s="3"/>
+      <c r="L110" s="3"/>
+      <c r="M110" s="3"/>
+      <c r="N110" s="3"/>
+      <c r="O110" s="3"/>
+      <c r="P110" s="3"/>
+      <c r="Q110" s="3"/>
+      <c r="R110" s="3"/>
+      <c r="S110" s="3"/>
+    </row>
+    <row r="111" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A111" s="9"/>
+      <c r="B111" s="8"/>
+      <c r="C111" s="8"/>
+      <c r="D111" s="10"/>
+      <c r="E111" s="8"/>
+      <c r="F111" s="10"/>
+      <c r="G111" s="11"/>
+      <c r="H111" s="11"/>
+      <c r="I111" s="3"/>
+      <c r="J111" s="3"/>
+      <c r="K111" s="3"/>
+      <c r="L111" s="3"/>
+      <c r="M111" s="3"/>
+      <c r="N111" s="3"/>
+      <c r="O111" s="3"/>
+      <c r="P111" s="3"/>
+      <c r="Q111" s="3"/>
+      <c r="R111" s="3"/>
+      <c r="S111" s="3"/>
+    </row>
+    <row r="112" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A112" s="9"/>
+      <c r="B112" s="8"/>
+      <c r="C112" s="8"/>
+      <c r="D112" s="10"/>
+      <c r="E112" s="8"/>
+      <c r="F112" s="10"/>
+      <c r="G112" s="11"/>
+      <c r="H112" s="11"/>
+      <c r="I112" s="3"/>
+      <c r="J112" s="3"/>
+      <c r="K112" s="3"/>
+      <c r="L112" s="3"/>
+      <c r="M112" s="3"/>
+      <c r="N112" s="3"/>
+      <c r="O112" s="3"/>
+      <c r="P112" s="3"/>
+      <c r="Q112" s="3"/>
+      <c r="R112" s="3"/>
+      <c r="S112" s="3"/>
+    </row>
+    <row r="113" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A113" s="9"/>
+      <c r="B113" s="8"/>
+      <c r="C113" s="8"/>
+      <c r="D113" s="10"/>
+      <c r="E113" s="8"/>
+      <c r="F113" s="10"/>
+      <c r="G113" s="11"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="3"/>
+      <c r="J113" s="3"/>
+      <c r="K113" s="3"/>
+      <c r="L113" s="3"/>
+      <c r="M113" s="3"/>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3"/>
+      <c r="P113" s="3"/>
+      <c r="Q113" s="3"/>
+      <c r="R113" s="3"/>
+      <c r="S113" s="3"/>
+    </row>
+    <row r="114" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A114" s="9"/>
+      <c r="B114" s="8"/>
+      <c r="C114" s="8"/>
+      <c r="D114" s="10"/>
+      <c r="E114" s="8"/>
+      <c r="F114" s="10"/>
+      <c r="G114" s="11"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="3"/>
+      <c r="J114" s="3"/>
+      <c r="K114" s="3"/>
+      <c r="L114" s="3"/>
+      <c r="M114" s="3"/>
+      <c r="N114" s="3"/>
+      <c r="O114" s="3"/>
+      <c r="P114" s="3"/>
+      <c r="Q114" s="3"/>
+      <c r="R114" s="3"/>
+      <c r="S114" s="3"/>
+    </row>
+    <row r="115" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A115" s="9"/>
+      <c r="B115" s="8"/>
+      <c r="C115" s="8"/>
+      <c r="D115" s="10"/>
+      <c r="E115" s="8"/>
+      <c r="F115" s="10"/>
+      <c r="G115" s="11"/>
+      <c r="H115" s="11"/>
+      <c r="I115" s="3"/>
+      <c r="J115" s="3"/>
+      <c r="K115" s="3"/>
+      <c r="L115" s="3"/>
+      <c r="M115" s="3"/>
+      <c r="N115" s="3"/>
+      <c r="O115" s="3"/>
+      <c r="P115" s="3"/>
+      <c r="Q115" s="3"/>
+      <c r="R115" s="3"/>
+      <c r="S115" s="3"/>
+    </row>
+    <row r="116" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A116" s="9"/>
+      <c r="B116" s="8"/>
+      <c r="C116" s="8"/>
+      <c r="D116" s="10"/>
+      <c r="E116" s="8"/>
+      <c r="F116" s="10"/>
+      <c r="G116" s="11"/>
+      <c r="H116" s="11"/>
+      <c r="I116" s="3"/>
+      <c r="J116" s="3"/>
+      <c r="K116" s="3"/>
+      <c r="L116" s="3"/>
+      <c r="M116" s="3"/>
+      <c r="N116" s="3"/>
+      <c r="O116" s="3"/>
+      <c r="P116" s="3"/>
+      <c r="Q116" s="3"/>
+      <c r="R116" s="3"/>
+      <c r="S116" s="3"/>
+    </row>
+    <row r="117" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A117" s="9"/>
+      <c r="B117" s="8"/>
+      <c r="C117" s="8"/>
+      <c r="D117" s="10"/>
+      <c r="E117" s="8"/>
+      <c r="F117" s="10"/>
+      <c r="G117" s="11"/>
+      <c r="H117" s="11"/>
+      <c r="I117" s="3"/>
+      <c r="J117" s="3"/>
+      <c r="K117" s="3"/>
+      <c r="L117" s="3"/>
+      <c r="M117" s="3"/>
+      <c r="N117" s="3"/>
+      <c r="O117" s="3"/>
+      <c r="P117" s="3"/>
+      <c r="Q117" s="3"/>
+      <c r="R117" s="3"/>
+      <c r="S117" s="3"/>
+    </row>
+    <row r="118" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A118" s="12"/>
+      <c r="B118" s="13"/>
+      <c r="C118" s="13"/>
+      <c r="D118" s="14"/>
+      <c r="E118" s="13"/>
+      <c r="F118" s="14"/>
+      <c r="G118" s="15"/>
+      <c r="H118" s="15"/>
+      <c r="I118" s="3"/>
+      <c r="J118" s="3"/>
+      <c r="K118" s="3"/>
+      <c r="L118" s="3"/>
+      <c r="M118" s="3"/>
+      <c r="N118" s="3"/>
+      <c r="O118" s="3"/>
+      <c r="P118" s="3"/>
+      <c r="Q118" s="3"/>
+      <c r="R118" s="3"/>
+      <c r="S118" s="3"/>
+    </row>
+    <row r="119" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A119" s="9"/>
+      <c r="B119" s="8"/>
+      <c r="C119" s="8"/>
+      <c r="D119" s="10"/>
+      <c r="E119" s="8"/>
+      <c r="F119" s="10"/>
+      <c r="G119" s="11"/>
+      <c r="H119" s="11"/>
+      <c r="I119" s="3"/>
+      <c r="J119" s="3"/>
+      <c r="K119" s="3"/>
+      <c r="L119" s="3"/>
+      <c r="M119" s="3"/>
+      <c r="N119" s="3"/>
+      <c r="O119" s="3"/>
+      <c r="P119" s="3"/>
+      <c r="Q119" s="3"/>
+      <c r="R119" s="3"/>
+      <c r="S119" s="3"/>
+    </row>
+    <row r="120" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A120" s="9"/>
+      <c r="B120" s="8"/>
+      <c r="C120" s="8"/>
+      <c r="D120" s="10"/>
+      <c r="E120" s="8"/>
       <c r="F120" s="10"/>
       <c r="G120" s="11"/>
-      <c r="H120" s="12"/>
-[...474 lines deleted...]
-    </row>
+      <c r="H120" s="11"/>
+      <c r="I120" s="3"/>
+      <c r="J120" s="3"/>
+      <c r="K120" s="3"/>
+      <c r="L120" s="3"/>
+      <c r="M120" s="3"/>
+      <c r="N120" s="3"/>
+      <c r="O120" s="3"/>
+      <c r="P120" s="3"/>
+      <c r="Q120" s="3"/>
+      <c r="R120" s="3"/>
+      <c r="S120" s="3"/>
+    </row>
+    <row r="121" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A121" s="9"/>
+      <c r="B121" s="8"/>
+      <c r="C121" s="8"/>
+      <c r="D121" s="10"/>
+      <c r="E121" s="8"/>
+      <c r="F121" s="10"/>
+      <c r="G121" s="11"/>
+      <c r="H121" s="11"/>
+      <c r="I121" s="3"/>
+      <c r="J121" s="3"/>
+      <c r="K121" s="3"/>
+      <c r="L121" s="3"/>
+      <c r="M121" s="3"/>
+      <c r="N121" s="3"/>
+      <c r="O121" s="3"/>
+      <c r="P121" s="3"/>
+      <c r="Q121" s="3"/>
+      <c r="R121" s="3"/>
+      <c r="S121" s="3"/>
+    </row>
+    <row r="122" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A122" s="9"/>
+      <c r="B122" s="8"/>
+      <c r="C122" s="8"/>
+      <c r="D122" s="10"/>
+      <c r="E122" s="8"/>
+      <c r="F122" s="10"/>
+      <c r="G122" s="11"/>
+      <c r="H122" s="11"/>
+      <c r="I122" s="3"/>
+      <c r="J122" s="3"/>
+      <c r="K122" s="3"/>
+      <c r="L122" s="3"/>
+      <c r="M122" s="3"/>
+      <c r="N122" s="3"/>
+      <c r="O122" s="3"/>
+      <c r="P122" s="3"/>
+      <c r="Q122" s="3"/>
+      <c r="R122" s="3"/>
+      <c r="S122" s="3"/>
+    </row>
+    <row r="123" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A123" s="9"/>
+      <c r="B123" s="8"/>
+      <c r="C123" s="8"/>
+      <c r="D123" s="10"/>
+      <c r="E123" s="8"/>
+      <c r="F123" s="10"/>
+      <c r="G123" s="11"/>
+      <c r="H123" s="11"/>
+      <c r="I123" s="3"/>
+      <c r="J123" s="3"/>
+      <c r="K123" s="3"/>
+      <c r="L123" s="3"/>
+      <c r="M123" s="3"/>
+      <c r="N123" s="3"/>
+      <c r="O123" s="3"/>
+      <c r="P123" s="3"/>
+      <c r="Q123" s="3"/>
+      <c r="R123" s="3"/>
+      <c r="S123" s="3"/>
+    </row>
+    <row r="124" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A124" s="9"/>
+      <c r="B124" s="8"/>
+      <c r="C124" s="8"/>
+      <c r="D124" s="10"/>
+      <c r="E124" s="8"/>
+      <c r="F124" s="10"/>
+      <c r="G124" s="11"/>
+      <c r="H124" s="11"/>
+      <c r="I124" s="3"/>
+      <c r="J124" s="3"/>
+      <c r="K124" s="3"/>
+      <c r="L124" s="3"/>
+      <c r="M124" s="3"/>
+      <c r="N124" s="3"/>
+      <c r="O124" s="3"/>
+      <c r="P124" s="3"/>
+      <c r="Q124" s="3"/>
+      <c r="R124" s="3"/>
+      <c r="S124" s="3"/>
+    </row>
+    <row r="125" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A125" s="9"/>
+      <c r="B125" s="8"/>
+      <c r="C125" s="8"/>
+      <c r="D125" s="10"/>
+      <c r="E125" s="8"/>
+      <c r="F125" s="10"/>
+      <c r="G125" s="11"/>
+      <c r="H125" s="11"/>
+      <c r="I125" s="3"/>
+      <c r="J125" s="3"/>
+      <c r="K125" s="3"/>
+      <c r="L125" s="3"/>
+      <c r="M125" s="3"/>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3"/>
+      <c r="P125" s="3"/>
+      <c r="Q125" s="3"/>
+      <c r="R125" s="3"/>
+      <c r="S125" s="3"/>
+    </row>
+    <row r="126" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A126" s="9"/>
+      <c r="B126" s="8"/>
+      <c r="C126" s="8"/>
+      <c r="D126" s="10"/>
+      <c r="E126" s="8"/>
+      <c r="F126" s="10"/>
+      <c r="G126" s="11"/>
+      <c r="H126" s="11"/>
+      <c r="I126" s="3"/>
+      <c r="J126" s="3"/>
+      <c r="K126" s="3"/>
+      <c r="L126" s="3"/>
+      <c r="M126" s="3"/>
+      <c r="N126" s="3"/>
+      <c r="O126" s="3"/>
+      <c r="P126" s="3"/>
+      <c r="Q126" s="3"/>
+      <c r="R126" s="3"/>
+      <c r="S126" s="3"/>
+    </row>
+    <row r="127" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A127" s="9"/>
+      <c r="B127" s="8"/>
+      <c r="C127" s="8"/>
+      <c r="D127" s="10"/>
+      <c r="E127" s="8"/>
+      <c r="F127" s="10"/>
+      <c r="G127" s="11"/>
+      <c r="H127" s="11"/>
+      <c r="I127" s="3"/>
+      <c r="J127" s="3"/>
+      <c r="K127" s="3"/>
+      <c r="L127" s="3"/>
+      <c r="M127" s="3"/>
+      <c r="N127" s="3"/>
+      <c r="O127" s="3"/>
+      <c r="P127" s="3"/>
+      <c r="Q127" s="3"/>
+      <c r="R127" s="3"/>
+      <c r="S127" s="3"/>
+    </row>
+    <row r="128" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A128" s="9"/>
+      <c r="B128" s="8"/>
+      <c r="C128" s="8"/>
+      <c r="D128" s="10"/>
+      <c r="E128" s="8"/>
+      <c r="F128" s="10"/>
+      <c r="G128" s="11"/>
+      <c r="H128" s="11"/>
+      <c r="I128" s="3"/>
+      <c r="J128" s="3"/>
+      <c r="K128" s="3"/>
+      <c r="L128" s="3"/>
+      <c r="M128" s="3"/>
+      <c r="N128" s="3"/>
+      <c r="O128" s="3"/>
+      <c r="P128" s="3"/>
+      <c r="Q128" s="3"/>
+      <c r="R128" s="3"/>
+      <c r="S128" s="3"/>
+    </row>
+    <row r="129" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A129" s="9"/>
+      <c r="B129" s="8"/>
+      <c r="C129" s="8"/>
+      <c r="D129" s="10"/>
+      <c r="E129" s="8"/>
+      <c r="F129" s="10"/>
+      <c r="G129" s="11"/>
+      <c r="H129" s="11"/>
+      <c r="I129" s="3"/>
+      <c r="J129" s="3"/>
+      <c r="K129" s="3"/>
+      <c r="L129" s="3"/>
+      <c r="M129" s="3"/>
+      <c r="N129" s="3"/>
+      <c r="O129" s="3"/>
+      <c r="P129" s="3"/>
+      <c r="Q129" s="3"/>
+      <c r="R129" s="3"/>
+      <c r="S129" s="3"/>
+    </row>
+    <row r="130" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A130" s="9"/>
+      <c r="B130" s="8"/>
+      <c r="C130" s="8"/>
+      <c r="D130" s="10"/>
+      <c r="E130" s="8"/>
+      <c r="F130" s="10"/>
+      <c r="G130" s="11"/>
+      <c r="H130" s="11"/>
+      <c r="I130" s="3"/>
+      <c r="J130" s="3"/>
+      <c r="K130" s="3"/>
+      <c r="L130" s="3"/>
+      <c r="M130" s="3"/>
+      <c r="N130" s="3"/>
+      <c r="O130" s="3"/>
+      <c r="P130" s="3"/>
+      <c r="Q130" s="3"/>
+      <c r="R130" s="3"/>
+      <c r="S130" s="3"/>
+    </row>
+    <row r="131" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A131" s="9"/>
+      <c r="B131" s="8"/>
+      <c r="C131" s="8"/>
+      <c r="D131" s="10"/>
+      <c r="E131" s="8"/>
+      <c r="F131" s="10"/>
+      <c r="G131" s="11"/>
+      <c r="H131" s="11"/>
+      <c r="I131" s="3"/>
+      <c r="J131" s="3"/>
+      <c r="K131" s="3"/>
+      <c r="L131" s="3"/>
+      <c r="M131" s="3"/>
+      <c r="N131" s="3"/>
+      <c r="O131" s="3"/>
+      <c r="P131" s="3"/>
+      <c r="Q131" s="3"/>
+      <c r="R131" s="3"/>
+      <c r="S131" s="3"/>
+    </row>
+    <row r="132" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A132" s="9"/>
+      <c r="B132" s="8"/>
+      <c r="C132" s="10"/>
+      <c r="D132" s="16"/>
+      <c r="E132" s="8"/>
+      <c r="F132" s="10"/>
+      <c r="G132" s="11"/>
+      <c r="H132" s="11"/>
+      <c r="I132" s="3"/>
+      <c r="J132" s="3"/>
+      <c r="K132" s="3"/>
+      <c r="L132" s="3"/>
+      <c r="M132" s="3"/>
+      <c r="N132" s="3"/>
+      <c r="O132" s="3"/>
+      <c r="P132" s="3"/>
+      <c r="Q132" s="3"/>
+      <c r="R132" s="3"/>
+      <c r="S132" s="3"/>
+    </row>
+    <row r="133" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A133" s="9"/>
+      <c r="B133" s="8"/>
+      <c r="C133" s="8"/>
+      <c r="D133" s="10"/>
+      <c r="E133" s="8"/>
+      <c r="F133" s="10"/>
+      <c r="G133" s="11"/>
+      <c r="H133" s="11"/>
+      <c r="I133" s="3"/>
+      <c r="J133" s="3"/>
+      <c r="K133" s="3"/>
+      <c r="L133" s="3"/>
+      <c r="M133" s="3"/>
+      <c r="N133" s="3"/>
+      <c r="O133" s="3"/>
+      <c r="P133" s="3"/>
+      <c r="Q133" s="3"/>
+      <c r="R133" s="3"/>
+      <c r="S133" s="3"/>
+    </row>
+    <row r="134" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A134" s="9"/>
+      <c r="B134" s="8"/>
+      <c r="C134" s="8"/>
+      <c r="D134" s="10"/>
+      <c r="E134" s="8"/>
+      <c r="F134" s="10"/>
+      <c r="G134" s="11"/>
+      <c r="H134" s="11"/>
+      <c r="I134" s="3"/>
+      <c r="J134" s="3"/>
+      <c r="K134" s="3"/>
+      <c r="L134" s="3"/>
+      <c r="M134" s="3"/>
+      <c r="N134" s="3"/>
+      <c r="O134" s="3"/>
+      <c r="P134" s="3"/>
+      <c r="Q134" s="3"/>
+      <c r="R134" s="3"/>
+      <c r="S134" s="3"/>
+    </row>
+    <row r="135" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A135" s="9"/>
+      <c r="B135" s="8"/>
+      <c r="C135" s="8"/>
+      <c r="D135" s="10"/>
+      <c r="E135" s="8"/>
+      <c r="F135" s="10"/>
+      <c r="G135" s="11"/>
+      <c r="H135" s="11"/>
+      <c r="I135" s="3"/>
+      <c r="J135" s="3"/>
+      <c r="K135" s="3"/>
+      <c r="L135" s="3"/>
+      <c r="M135" s="3"/>
+      <c r="N135" s="3"/>
+      <c r="O135" s="3"/>
+      <c r="P135" s="3"/>
+      <c r="Q135" s="3"/>
+      <c r="R135" s="3"/>
+      <c r="S135" s="3"/>
+    </row>
+    <row r="136" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A136" s="9"/>
+      <c r="B136" s="8"/>
+      <c r="C136" s="8"/>
+      <c r="D136" s="10"/>
+      <c r="E136" s="8"/>
+      <c r="F136" s="10"/>
+      <c r="G136" s="11"/>
+      <c r="H136" s="11"/>
+      <c r="I136" s="3"/>
+      <c r="J136" s="3"/>
+      <c r="K136" s="3"/>
+      <c r="L136" s="3"/>
+      <c r="M136" s="3"/>
+      <c r="N136" s="3"/>
+      <c r="O136" s="3"/>
+      <c r="P136" s="3"/>
+      <c r="Q136" s="3"/>
+      <c r="R136" s="3"/>
+      <c r="S136" s="3"/>
+    </row>
+    <row r="137" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A137" s="9"/>
+      <c r="B137" s="8"/>
+      <c r="C137" s="8"/>
+      <c r="D137" s="10"/>
+      <c r="E137" s="8"/>
+      <c r="F137" s="10"/>
+      <c r="G137" s="11"/>
+      <c r="H137" s="11"/>
+      <c r="I137" s="3"/>
+      <c r="J137" s="3"/>
+      <c r="K137" s="3"/>
+      <c r="L137" s="3"/>
+      <c r="M137" s="3"/>
+      <c r="N137" s="3"/>
+      <c r="O137" s="3"/>
+      <c r="P137" s="3"/>
+      <c r="Q137" s="3"/>
+      <c r="R137" s="3"/>
+      <c r="S137" s="3"/>
+    </row>
+    <row r="138" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A138" s="9"/>
+      <c r="B138" s="8"/>
+      <c r="C138" s="8"/>
+      <c r="D138" s="10"/>
+      <c r="E138" s="8"/>
+      <c r="F138" s="10"/>
+      <c r="G138" s="11"/>
+      <c r="H138" s="11"/>
+      <c r="I138" s="3"/>
+      <c r="J138" s="3"/>
+      <c r="K138" s="3"/>
+      <c r="L138" s="3"/>
+      <c r="M138" s="3"/>
+      <c r="N138" s="3"/>
+      <c r="O138" s="3"/>
+      <c r="P138" s="3"/>
+      <c r="Q138" s="3"/>
+      <c r="R138" s="3"/>
+      <c r="S138" s="3"/>
+    </row>
+    <row r="139" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A139" s="9"/>
+      <c r="B139" s="8"/>
+      <c r="C139" s="8"/>
+      <c r="D139" s="10"/>
+      <c r="E139" s="8"/>
+      <c r="F139" s="10"/>
+      <c r="G139" s="11"/>
+      <c r="H139" s="11"/>
+      <c r="I139" s="3"/>
+      <c r="J139" s="3"/>
+      <c r="K139" s="3"/>
+      <c r="L139" s="3"/>
+      <c r="M139" s="3"/>
+      <c r="N139" s="3"/>
+      <c r="O139" s="3"/>
+      <c r="P139" s="3"/>
+      <c r="Q139" s="3"/>
+      <c r="R139" s="3"/>
+      <c r="S139" s="3"/>
+    </row>
+    <row r="140" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A140" s="9"/>
+      <c r="B140" s="8"/>
+      <c r="C140" s="8"/>
+      <c r="D140" s="10"/>
+      <c r="E140" s="8"/>
+      <c r="F140" s="10"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="11"/>
+      <c r="I140" s="3"/>
+      <c r="J140" s="3"/>
+      <c r="K140" s="3"/>
+      <c r="L140" s="3"/>
+      <c r="M140" s="3"/>
+      <c r="N140" s="3"/>
+      <c r="O140" s="3"/>
+      <c r="P140" s="3"/>
+      <c r="Q140" s="3"/>
+      <c r="R140" s="3"/>
+      <c r="S140" s="3"/>
+    </row>
+    <row r="141" customFormat="false" ht="30" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A141" s="12"/>
+      <c r="B141" s="13"/>
+      <c r="C141" s="13"/>
+      <c r="D141" s="14"/>
+      <c r="E141" s="13"/>
+      <c r="F141" s="14"/>
+      <c r="G141" s="15"/>
+      <c r="H141" s="15"/>
+      <c r="I141" s="3"/>
+      <c r="J141" s="3"/>
+      <c r="K141" s="3"/>
+      <c r="L141" s="3"/>
+      <c r="M141" s="3"/>
+      <c r="N141" s="3"/>
+      <c r="O141" s="3"/>
+      <c r="P141" s="3"/>
+      <c r="Q141" s="3"/>
+      <c r="R141" s="3"/>
+      <c r="S141" s="3"/>
+    </row>
+    <row r="142" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A142" s="17"/>
+      <c r="B142" s="17"/>
+      <c r="C142" s="17"/>
+      <c r="D142" s="17"/>
+      <c r="E142" s="17"/>
+      <c r="F142" s="17"/>
+      <c r="G142" s="17"/>
+      <c r="H142" s="17"/>
+    </row>
+    <row r="143" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A143" s="17"/>
+      <c r="B143" s="17"/>
+      <c r="C143" s="17"/>
+      <c r="D143" s="17"/>
+      <c r="E143" s="17"/>
+      <c r="F143" s="17"/>
+      <c r="G143" s="17"/>
+      <c r="H143" s="17"/>
+    </row>
+    <row r="144" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A144" s="17"/>
+      <c r="B144" s="17"/>
+      <c r="C144" s="17"/>
+      <c r="D144" s="17"/>
+      <c r="E144" s="17"/>
+      <c r="F144" s="17"/>
+      <c r="G144" s="17"/>
+      <c r="H144" s="17"/>
+    </row>
+    <row r="145" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A145" s="17"/>
+      <c r="B145" s="17"/>
+      <c r="C145" s="17"/>
+      <c r="D145" s="17"/>
+      <c r="E145" s="17"/>
+      <c r="F145" s="17"/>
+      <c r="G145" s="17"/>
+      <c r="H145" s="17"/>
+    </row>
+    <row r="146" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A146" s="17"/>
+      <c r="B146" s="17"/>
+      <c r="C146" s="17"/>
+      <c r="D146" s="17"/>
+      <c r="E146" s="17"/>
+      <c r="F146" s="17"/>
+      <c r="G146" s="17"/>
+      <c r="H146" s="17"/>
+    </row>
+    <row r="147" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A147" s="17"/>
+      <c r="B147" s="17"/>
+      <c r="C147" s="17"/>
+      <c r="D147" s="17"/>
+      <c r="E147" s="17"/>
+      <c r="F147" s="17"/>
+      <c r="G147" s="17"/>
+      <c r="H147" s="17"/>
+    </row>
+    <row r="148" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A148" s="17"/>
+      <c r="B148" s="17"/>
+      <c r="C148" s="17"/>
+      <c r="D148" s="17"/>
+      <c r="E148" s="17"/>
+      <c r="F148" s="17"/>
+      <c r="G148" s="17"/>
+      <c r="H148" s="17"/>
+    </row>
+    <row r="149" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A149" s="17"/>
+      <c r="B149" s="17"/>
+      <c r="C149" s="17"/>
+      <c r="D149" s="17"/>
+      <c r="E149" s="17"/>
+      <c r="F149" s="17"/>
+      <c r="G149" s="17"/>
+      <c r="H149" s="17"/>
+    </row>
+    <row r="150" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A150" s="17"/>
+      <c r="B150" s="17"/>
+      <c r="C150" s="17"/>
+      <c r="D150" s="17"/>
+      <c r="E150" s="17"/>
+      <c r="F150" s="17"/>
+      <c r="G150" s="17"/>
+      <c r="H150" s="17"/>
+    </row>
+    <row r="151" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A151" s="17"/>
+      <c r="B151" s="17"/>
+      <c r="C151" s="17"/>
+      <c r="D151" s="17"/>
+      <c r="E151" s="17"/>
+      <c r="F151" s="17"/>
+      <c r="G151" s="17"/>
+      <c r="H151" s="17"/>
+    </row>
+    <row r="152" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A152" s="17"/>
+      <c r="B152" s="17"/>
+      <c r="C152" s="17"/>
+      <c r="D152" s="17"/>
+      <c r="E152" s="17"/>
+      <c r="F152" s="17"/>
+      <c r="G152" s="17"/>
+      <c r="H152" s="17"/>
+    </row>
+    <row r="153" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A153" s="17"/>
+      <c r="B153" s="17"/>
+      <c r="C153" s="17"/>
+      <c r="D153" s="17"/>
+      <c r="E153" s="17"/>
+      <c r="F153" s="17"/>
+      <c r="G153" s="17"/>
+      <c r="H153" s="17"/>
+    </row>
+    <row r="154" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A154" s="17"/>
+      <c r="B154" s="17"/>
+      <c r="C154" s="17"/>
+      <c r="D154" s="17"/>
+      <c r="E154" s="17"/>
+      <c r="F154" s="17"/>
+      <c r="G154" s="17"/>
+      <c r="H154" s="17"/>
+    </row>
+    <row r="155" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A155" s="17"/>
+      <c r="B155" s="17"/>
+      <c r="C155" s="17"/>
+      <c r="D155" s="17"/>
+      <c r="E155" s="17"/>
+      <c r="F155" s="17"/>
+      <c r="G155" s="17"/>
+      <c r="H155" s="17"/>
+    </row>
+    <row r="156" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A156" s="17"/>
+      <c r="B156" s="17"/>
+      <c r="C156" s="17"/>
+      <c r="D156" s="17"/>
+      <c r="E156" s="17"/>
+      <c r="F156" s="17"/>
+      <c r="G156" s="17"/>
+      <c r="H156" s="17"/>
+    </row>
+    <row r="157" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A157" s="17"/>
+      <c r="B157" s="17"/>
+      <c r="C157" s="17"/>
+      <c r="D157" s="17"/>
+      <c r="E157" s="17"/>
+      <c r="F157" s="17"/>
+      <c r="G157" s="17"/>
+      <c r="H157" s="17"/>
+    </row>
+    <row r="158" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A158" s="17"/>
+      <c r="B158" s="17"/>
+      <c r="C158" s="17"/>
+      <c r="D158" s="17"/>
+      <c r="E158" s="17"/>
+      <c r="F158" s="17"/>
+      <c r="G158" s="17"/>
+      <c r="H158" s="17"/>
+    </row>
+    <row r="159" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A159" s="17"/>
+      <c r="B159" s="17"/>
+      <c r="C159" s="17"/>
+      <c r="D159" s="17"/>
+      <c r="E159" s="17"/>
+      <c r="F159" s="17"/>
+      <c r="G159" s="17"/>
+      <c r="H159" s="17"/>
+    </row>
+    <row r="160" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A160" s="17"/>
+      <c r="B160" s="17"/>
+      <c r="C160" s="17"/>
+      <c r="D160" s="17"/>
+      <c r="E160" s="17"/>
+      <c r="F160" s="17"/>
+      <c r="G160" s="17"/>
+      <c r="H160" s="17"/>
+    </row>
+    <row r="161" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A161" s="17"/>
+      <c r="B161" s="17"/>
+      <c r="C161" s="17"/>
+      <c r="D161" s="17"/>
+      <c r="E161" s="17"/>
+      <c r="F161" s="17"/>
+      <c r="G161" s="17"/>
+      <c r="H161" s="17"/>
+    </row>
+    <row r="162" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A162" s="17"/>
+      <c r="B162" s="17"/>
+      <c r="C162" s="17"/>
+      <c r="D162" s="17"/>
+      <c r="E162" s="17"/>
+      <c r="F162" s="17"/>
+      <c r="G162" s="17"/>
+      <c r="H162" s="17"/>
+    </row>
+    <row r="163" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A163" s="17"/>
+      <c r="B163" s="17"/>
+      <c r="C163" s="17"/>
+      <c r="D163" s="17"/>
+      <c r="E163" s="17"/>
+      <c r="F163" s="17"/>
+      <c r="G163" s="17"/>
+      <c r="H163" s="17"/>
+    </row>
+    <row r="164" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A164" s="17"/>
+      <c r="B164" s="17"/>
+      <c r="C164" s="17"/>
+      <c r="D164" s="17"/>
+      <c r="E164" s="17"/>
+      <c r="F164" s="17"/>
+      <c r="G164" s="17"/>
+      <c r="H164" s="17"/>
+    </row>
+    <row r="165" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A165" s="17"/>
+      <c r="B165" s="17"/>
+      <c r="C165" s="17"/>
+      <c r="D165" s="17"/>
+      <c r="E165" s="17"/>
+      <c r="F165" s="17"/>
+      <c r="G165" s="17"/>
+      <c r="H165" s="17"/>
+    </row>
+    <row r="166" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A166" s="17"/>
+      <c r="B166" s="17"/>
+      <c r="C166" s="17"/>
+      <c r="D166" s="17"/>
+      <c r="E166" s="17"/>
+      <c r="F166" s="17"/>
+      <c r="G166" s="17"/>
+      <c r="H166" s="17"/>
+    </row>
+    <row r="167" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A167" s="17"/>
+      <c r="B167" s="17"/>
+      <c r="C167" s="17"/>
+      <c r="D167" s="17"/>
+      <c r="E167" s="17"/>
+      <c r="F167" s="17"/>
+      <c r="G167" s="17"/>
+      <c r="H167" s="17"/>
+    </row>
+    <row r="168" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A168" s="17"/>
+      <c r="B168" s="17"/>
+      <c r="C168" s="17"/>
+      <c r="D168" s="17"/>
+      <c r="E168" s="17"/>
+      <c r="F168" s="17"/>
+      <c r="G168" s="17"/>
+      <c r="H168" s="17"/>
+    </row>
+    <row r="169" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A169" s="17"/>
+      <c r="B169" s="17"/>
+      <c r="C169" s="17"/>
+      <c r="D169" s="17"/>
+      <c r="E169" s="17"/>
+      <c r="F169" s="17"/>
+      <c r="G169" s="17"/>
+      <c r="H169" s="17"/>
+    </row>
+    <row r="170" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A170" s="17"/>
+      <c r="B170" s="17"/>
+      <c r="C170" s="17"/>
+      <c r="D170" s="17"/>
+      <c r="E170" s="17"/>
+      <c r="F170" s="17"/>
+      <c r="G170" s="17"/>
+      <c r="H170" s="17"/>
+    </row>
+    <row r="171" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A171" s="17"/>
+      <c r="B171" s="17"/>
+      <c r="C171" s="17"/>
+      <c r="D171" s="17"/>
+      <c r="E171" s="17"/>
+      <c r="F171" s="17"/>
+      <c r="G171" s="17"/>
+      <c r="H171" s="17"/>
+    </row>
+    <row r="172" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A172" s="17"/>
+      <c r="B172" s="17"/>
+      <c r="C172" s="17"/>
+      <c r="D172" s="17"/>
+      <c r="E172" s="17"/>
+      <c r="F172" s="17"/>
+      <c r="G172" s="17"/>
+      <c r="H172" s="17"/>
+    </row>
+    <row r="173" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A173" s="17"/>
+      <c r="B173" s="17"/>
+      <c r="C173" s="17"/>
+      <c r="D173" s="17"/>
+      <c r="E173" s="17"/>
+      <c r="F173" s="17"/>
+      <c r="G173" s="17"/>
+      <c r="H173" s="17"/>
+    </row>
+    <row r="174" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A174" s="17"/>
+      <c r="B174" s="17"/>
+      <c r="C174" s="17"/>
+      <c r="D174" s="17"/>
+      <c r="E174" s="17"/>
+      <c r="F174" s="17"/>
+      <c r="G174" s="17"/>
+      <c r="H174" s="17"/>
+    </row>
+    <row r="175" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A175" s="17"/>
+      <c r="B175" s="17"/>
+      <c r="C175" s="17"/>
+      <c r="D175" s="17"/>
+      <c r="E175" s="17"/>
+      <c r="F175" s="17"/>
+      <c r="G175" s="17"/>
+      <c r="H175" s="17"/>
+    </row>
+    <row r="176" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A176" s="17"/>
+      <c r="B176" s="17"/>
+      <c r="C176" s="17"/>
+      <c r="D176" s="17"/>
+      <c r="E176" s="17"/>
+      <c r="F176" s="17"/>
+      <c r="G176" s="17"/>
+      <c r="H176" s="17"/>
+    </row>
+    <row r="177" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A177" s="17"/>
+      <c r="B177" s="17"/>
+      <c r="C177" s="17"/>
+      <c r="D177" s="17"/>
+      <c r="E177" s="17"/>
+      <c r="F177" s="17"/>
+      <c r="G177" s="17"/>
+      <c r="H177" s="17"/>
+    </row>
+    <row r="178" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A178" s="17"/>
+      <c r="B178" s="17"/>
+      <c r="C178" s="17"/>
+      <c r="D178" s="17"/>
+      <c r="E178" s="17"/>
+      <c r="F178" s="17"/>
+      <c r="G178" s="17"/>
+      <c r="H178" s="17"/>
+    </row>
+    <row r="179" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A179" s="17"/>
+      <c r="B179" s="17"/>
+      <c r="C179" s="17"/>
+      <c r="D179" s="17"/>
+      <c r="E179" s="17"/>
+      <c r="F179" s="17"/>
+      <c r="G179" s="17"/>
+      <c r="H179" s="17"/>
+    </row>
+    <row r="180" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A180" s="17"/>
+      <c r="B180" s="17"/>
+      <c r="C180" s="17"/>
+      <c r="D180" s="17"/>
+      <c r="E180" s="17"/>
+      <c r="F180" s="17"/>
+      <c r="G180" s="17"/>
+      <c r="H180" s="17"/>
+    </row>
+    <row r="181" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A181" s="17"/>
+      <c r="B181" s="17"/>
+      <c r="C181" s="17"/>
+      <c r="D181" s="17"/>
+      <c r="E181" s="17"/>
+      <c r="F181" s="17"/>
+      <c r="G181" s="17"/>
+      <c r="H181" s="17"/>
+    </row>
+    <row r="182" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A182" s="17"/>
+      <c r="B182" s="17"/>
+      <c r="C182" s="17"/>
+      <c r="D182" s="17"/>
+      <c r="E182" s="17"/>
+      <c r="F182" s="17"/>
+      <c r="G182" s="17"/>
+      <c r="H182" s="17"/>
+    </row>
+    <row r="183" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A183" s="17"/>
+      <c r="B183" s="17"/>
+      <c r="C183" s="17"/>
+      <c r="D183" s="17"/>
+      <c r="E183" s="17"/>
+      <c r="F183" s="17"/>
+      <c r="G183" s="17"/>
+      <c r="H183" s="17"/>
+    </row>
+    <row r="184" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A184" s="17"/>
+      <c r="B184" s="17"/>
+      <c r="C184" s="17"/>
+      <c r="D184" s="17"/>
+      <c r="E184" s="17"/>
+      <c r="F184" s="17"/>
+      <c r="G184" s="17"/>
+      <c r="H184" s="17"/>
+    </row>
+    <row r="185" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A185" s="17"/>
+      <c r="B185" s="17"/>
+      <c r="C185" s="17"/>
+      <c r="D185" s="17"/>
+      <c r="E185" s="17"/>
+      <c r="F185" s="17"/>
+      <c r="G185" s="17"/>
+      <c r="H185" s="17"/>
+    </row>
+    <row r="186" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A186" s="17"/>
+      <c r="B186" s="17"/>
+      <c r="C186" s="17"/>
+      <c r="D186" s="17"/>
+      <c r="E186" s="17"/>
+      <c r="F186" s="17"/>
+      <c r="G186" s="17"/>
+      <c r="H186" s="17"/>
+    </row>
+    <row r="187" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A187" s="17"/>
+      <c r="B187" s="17"/>
+      <c r="C187" s="17"/>
+      <c r="D187" s="17"/>
+      <c r="E187" s="17"/>
+      <c r="F187" s="17"/>
+      <c r="G187" s="17"/>
+      <c r="H187" s="17"/>
+    </row>
+    <row r="188" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A188" s="17"/>
+      <c r="B188" s="17"/>
+      <c r="C188" s="17"/>
+      <c r="D188" s="17"/>
+      <c r="E188" s="17"/>
+      <c r="F188" s="17"/>
+      <c r="G188" s="17"/>
+      <c r="H188" s="17"/>
+    </row>
+    <row r="189" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A189" s="17"/>
+      <c r="B189" s="17"/>
+      <c r="C189" s="17"/>
+      <c r="D189" s="17"/>
+      <c r="E189" s="17"/>
+      <c r="F189" s="17"/>
+      <c r="G189" s="17"/>
+      <c r="H189" s="17"/>
+    </row>
+    <row r="190" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A190" s="17"/>
+      <c r="B190" s="17"/>
+      <c r="C190" s="17"/>
+      <c r="D190" s="17"/>
+      <c r="E190" s="17"/>
+      <c r="F190" s="17"/>
+      <c r="G190" s="17"/>
+      <c r="H190" s="17"/>
+    </row>
+    <row r="191" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A191" s="17"/>
+      <c r="B191" s="17"/>
+      <c r="C191" s="17"/>
+      <c r="D191" s="17"/>
+      <c r="E191" s="17"/>
+      <c r="F191" s="17"/>
+      <c r="G191" s="17"/>
+      <c r="H191" s="17"/>
+    </row>
+    <row r="192" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A192" s="17"/>
+      <c r="B192" s="17"/>
+      <c r="C192" s="17"/>
+      <c r="D192" s="17"/>
+      <c r="E192" s="17"/>
+      <c r="F192" s="17"/>
+      <c r="G192" s="17"/>
+      <c r="H192" s="17"/>
+    </row>
+    <row r="193" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A193" s="17"/>
+      <c r="B193" s="17"/>
+      <c r="C193" s="17"/>
+      <c r="D193" s="17"/>
+      <c r="E193" s="17"/>
+      <c r="F193" s="17"/>
+      <c r="G193" s="17"/>
+      <c r="H193" s="17"/>
+    </row>
+    <row r="194" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A194" s="17"/>
+      <c r="B194" s="17"/>
+      <c r="C194" s="17"/>
+      <c r="D194" s="17"/>
+      <c r="E194" s="17"/>
+      <c r="F194" s="17"/>
+      <c r="G194" s="17"/>
+      <c r="H194" s="17"/>
+    </row>
+    <row r="195" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A195" s="17"/>
+      <c r="B195" s="17"/>
+      <c r="C195" s="17"/>
+      <c r="D195" s="17"/>
+      <c r="E195" s="17"/>
+      <c r="F195" s="17"/>
+      <c r="G195" s="17"/>
+      <c r="H195" s="17"/>
+    </row>
+    <row r="196" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A196" s="17"/>
+      <c r="B196" s="17"/>
+      <c r="C196" s="17"/>
+      <c r="D196" s="17"/>
+      <c r="E196" s="17"/>
+      <c r="F196" s="17"/>
+      <c r="G196" s="17"/>
+      <c r="H196" s="17"/>
+    </row>
+    <row r="197" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A197" s="17"/>
+      <c r="B197" s="17"/>
+      <c r="C197" s="17"/>
+      <c r="D197" s="17"/>
+      <c r="E197" s="17"/>
+      <c r="F197" s="17"/>
+      <c r="G197" s="17"/>
+      <c r="H197" s="17"/>
+    </row>
+    <row r="198" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A198" s="17"/>
+      <c r="B198" s="17"/>
+      <c r="C198" s="17"/>
+      <c r="D198" s="17"/>
+      <c r="E198" s="17"/>
+      <c r="F198" s="17"/>
+      <c r="G198" s="17"/>
+      <c r="H198" s="17"/>
+    </row>
+    <row r="199" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A199" s="17"/>
+      <c r="B199" s="17"/>
+      <c r="C199" s="17"/>
+      <c r="D199" s="17"/>
+      <c r="E199" s="17"/>
+      <c r="F199" s="17"/>
+      <c r="G199" s="17"/>
+      <c r="H199" s="17"/>
+    </row>
+    <row r="200" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A200" s="17"/>
+      <c r="B200" s="17"/>
+      <c r="C200" s="17"/>
+      <c r="D200" s="17"/>
+      <c r="E200" s="17"/>
+      <c r="F200" s="17"/>
+      <c r="G200" s="17"/>
+      <c r="H200" s="17"/>
+    </row>
+    <row r="201" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A201" s="17"/>
+      <c r="B201" s="17"/>
+      <c r="C201" s="17"/>
+      <c r="D201" s="17"/>
+      <c r="E201" s="17"/>
+      <c r="F201" s="17"/>
+      <c r="G201" s="17"/>
+      <c r="H201" s="17"/>
+    </row>
+    <row r="202" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A202" s="17"/>
+      <c r="B202" s="17"/>
+      <c r="C202" s="17"/>
+      <c r="D202" s="17"/>
+      <c r="E202" s="17"/>
+      <c r="F202" s="17"/>
+      <c r="G202" s="17"/>
+      <c r="H202" s="17"/>
+    </row>
+    <row r="203" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A203" s="17"/>
+      <c r="B203" s="17"/>
+      <c r="C203" s="17"/>
+      <c r="D203" s="17"/>
+      <c r="E203" s="17"/>
+      <c r="F203" s="17"/>
+      <c r="G203" s="17"/>
+      <c r="H203" s="17"/>
+    </row>
+    <row r="204" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A204" s="17"/>
+      <c r="B204" s="17"/>
+      <c r="C204" s="17"/>
+      <c r="D204" s="17"/>
+      <c r="E204" s="17"/>
+      <c r="F204" s="17"/>
+      <c r="G204" s="17"/>
+      <c r="H204" s="17"/>
+    </row>
+    <row r="205" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A205" s="17"/>
+      <c r="B205" s="17"/>
+      <c r="C205" s="17"/>
+      <c r="D205" s="17"/>
+      <c r="E205" s="17"/>
+      <c r="F205" s="17"/>
+      <c r="G205" s="17"/>
+      <c r="H205" s="17"/>
+    </row>
+    <row r="206" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A206" s="17"/>
+      <c r="B206" s="17"/>
+      <c r="C206" s="17"/>
+      <c r="D206" s="17"/>
+      <c r="E206" s="17"/>
+      <c r="F206" s="17"/>
+      <c r="G206" s="17"/>
+      <c r="H206" s="17"/>
+    </row>
+    <row r="207" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A207" s="17"/>
+      <c r="B207" s="17"/>
+      <c r="C207" s="17"/>
+      <c r="D207" s="17"/>
+      <c r="E207" s="17"/>
+      <c r="F207" s="17"/>
+      <c r="G207" s="17"/>
+      <c r="H207" s="17"/>
+    </row>
+    <row r="208" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A208" s="17"/>
+      <c r="B208" s="17"/>
+      <c r="C208" s="17"/>
+      <c r="D208" s="17"/>
+      <c r="E208" s="17"/>
+      <c r="F208" s="17"/>
+      <c r="G208" s="17"/>
+      <c r="H208" s="17"/>
+    </row>
+    <row r="209" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A209" s="17"/>
+      <c r="B209" s="17"/>
+      <c r="C209" s="17"/>
+      <c r="D209" s="17"/>
+      <c r="E209" s="17"/>
+      <c r="F209" s="17"/>
+      <c r="G209" s="17"/>
+      <c r="H209" s="17"/>
+    </row>
+    <row r="210" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A210" s="17"/>
+      <c r="B210" s="17"/>
+      <c r="C210" s="17"/>
+      <c r="D210" s="17"/>
+      <c r="E210" s="17"/>
+      <c r="F210" s="17"/>
+      <c r="G210" s="17"/>
+      <c r="H210" s="17"/>
+    </row>
+    <row r="211" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A211" s="17"/>
+      <c r="B211" s="17"/>
+      <c r="C211" s="17"/>
+      <c r="D211" s="17"/>
+      <c r="E211" s="17"/>
+      <c r="F211" s="17"/>
+      <c r="G211" s="17"/>
+      <c r="H211" s="17"/>
+    </row>
+    <row r="212" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A212" s="17"/>
+      <c r="B212" s="17"/>
+      <c r="C212" s="17"/>
+      <c r="D212" s="17"/>
+      <c r="E212" s="17"/>
+      <c r="F212" s="17"/>
+      <c r="G212" s="17"/>
+      <c r="H212" s="17"/>
+    </row>
+    <row r="213" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A213" s="17"/>
+      <c r="B213" s="17"/>
+      <c r="C213" s="17"/>
+      <c r="D213" s="17"/>
+      <c r="E213" s="17"/>
+      <c r="F213" s="17"/>
+      <c r="G213" s="17"/>
+      <c r="H213" s="17"/>
+    </row>
+    <row r="214" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A214" s="17"/>
+      <c r="B214" s="17"/>
+      <c r="C214" s="17"/>
+      <c r="D214" s="17"/>
+      <c r="E214" s="17"/>
+      <c r="F214" s="17"/>
+      <c r="G214" s="17"/>
+      <c r="H214" s="17"/>
+    </row>
+    <row r="215" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A215" s="17"/>
+      <c r="B215" s="17"/>
+      <c r="C215" s="17"/>
+      <c r="D215" s="17"/>
+      <c r="E215" s="17"/>
+      <c r="F215" s="17"/>
+      <c r="G215" s="17"/>
+      <c r="H215" s="17"/>
+    </row>
+    <row r="216" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A216" s="17"/>
+      <c r="B216" s="17"/>
+      <c r="C216" s="17"/>
+      <c r="D216" s="17"/>
+      <c r="E216" s="17"/>
+      <c r="F216" s="17"/>
+      <c r="G216" s="17"/>
+      <c r="H216" s="17"/>
+    </row>
+    <row r="217" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A217" s="17"/>
+      <c r="B217" s="17"/>
+      <c r="C217" s="17"/>
+      <c r="D217" s="17"/>
+      <c r="E217" s="17"/>
+      <c r="F217" s="17"/>
+      <c r="G217" s="17"/>
+      <c r="H217" s="17"/>
+    </row>
+    <row r="218" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A218" s="17"/>
+      <c r="B218" s="17"/>
+      <c r="C218" s="17"/>
+      <c r="D218" s="17"/>
+      <c r="E218" s="17"/>
+      <c r="F218" s="17"/>
+      <c r="G218" s="17"/>
+      <c r="H218" s="17"/>
+    </row>
+    <row r="219" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A219" s="17"/>
+      <c r="B219" s="17"/>
+      <c r="C219" s="17"/>
+      <c r="D219" s="17"/>
+      <c r="E219" s="17"/>
+      <c r="F219" s="17"/>
+      <c r="G219" s="17"/>
+      <c r="H219" s="17"/>
+    </row>
+    <row r="220" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A220" s="17"/>
+      <c r="B220" s="17"/>
+      <c r="C220" s="17"/>
+      <c r="D220" s="17"/>
+      <c r="E220" s="17"/>
+      <c r="F220" s="17"/>
+      <c r="G220" s="17"/>
+      <c r="H220" s="17"/>
+    </row>
+    <row r="221" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A221" s="17"/>
+      <c r="B221" s="17"/>
+      <c r="C221" s="17"/>
+      <c r="D221" s="17"/>
+      <c r="E221" s="17"/>
+      <c r="F221" s="17"/>
+      <c r="G221" s="17"/>
+      <c r="H221" s="17"/>
+    </row>
+    <row r="222" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A222" s="17"/>
+      <c r="B222" s="17"/>
+      <c r="C222" s="17"/>
+      <c r="D222" s="17"/>
+      <c r="E222" s="17"/>
+      <c r="F222" s="17"/>
+      <c r="G222" s="17"/>
+      <c r="H222" s="17"/>
+    </row>
+    <row r="223" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A223" s="17"/>
+      <c r="B223" s="17"/>
+      <c r="C223" s="17"/>
+      <c r="D223" s="17"/>
+      <c r="E223" s="17"/>
+      <c r="F223" s="17"/>
+      <c r="G223" s="17"/>
+      <c r="H223" s="17"/>
+    </row>
+    <row r="224" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A224" s="17"/>
+      <c r="B224" s="17"/>
+      <c r="C224" s="17"/>
+      <c r="D224" s="17"/>
+      <c r="E224" s="17"/>
+      <c r="F224" s="17"/>
+      <c r="G224" s="17"/>
+      <c r="H224" s="17"/>
+    </row>
+    <row r="225" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A225" s="17"/>
+      <c r="B225" s="17"/>
+      <c r="C225" s="17"/>
+      <c r="D225" s="17"/>
+      <c r="E225" s="17"/>
+      <c r="F225" s="17"/>
+      <c r="G225" s="17"/>
+      <c r="H225" s="17"/>
+    </row>
+    <row r="226" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A226" s="17"/>
+      <c r="B226" s="17"/>
+      <c r="C226" s="17"/>
+      <c r="D226" s="17"/>
+      <c r="E226" s="17"/>
+      <c r="F226" s="17"/>
+      <c r="G226" s="17"/>
+      <c r="H226" s="17"/>
+    </row>
+    <row r="227" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A227" s="17"/>
+      <c r="B227" s="17"/>
+      <c r="C227" s="17"/>
+      <c r="D227" s="17"/>
+      <c r="E227" s="17"/>
+      <c r="F227" s="17"/>
+      <c r="G227" s="17"/>
+      <c r="H227" s="17"/>
+    </row>
+    <row r="228" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A228" s="17"/>
+      <c r="B228" s="17"/>
+      <c r="C228" s="17"/>
+      <c r="D228" s="17"/>
+      <c r="E228" s="17"/>
+      <c r="F228" s="17"/>
+      <c r="G228" s="17"/>
+      <c r="H228" s="17"/>
+    </row>
+    <row r="229" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A229" s="17"/>
+      <c r="B229" s="17"/>
+      <c r="C229" s="17"/>
+      <c r="D229" s="17"/>
+      <c r="E229" s="17"/>
+      <c r="F229" s="17"/>
+      <c r="G229" s="17"/>
+      <c r="H229" s="17"/>
+    </row>
+    <row r="230" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A230" s="17"/>
+      <c r="B230" s="17"/>
+      <c r="C230" s="17"/>
+      <c r="D230" s="17"/>
+      <c r="E230" s="17"/>
+      <c r="F230" s="17"/>
+      <c r="G230" s="17"/>
+      <c r="H230" s="17"/>
+    </row>
+    <row r="231" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A231" s="17"/>
+      <c r="B231" s="17"/>
+      <c r="C231" s="17"/>
+      <c r="D231" s="17"/>
+      <c r="E231" s="17"/>
+      <c r="F231" s="17"/>
+      <c r="G231" s="17"/>
+      <c r="H231" s="17"/>
+    </row>
+    <row r="232" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A232" s="17"/>
+      <c r="B232" s="17"/>
+      <c r="C232" s="17"/>
+      <c r="D232" s="17"/>
+      <c r="E232" s="17"/>
+      <c r="F232" s="17"/>
+      <c r="G232" s="17"/>
+      <c r="H232" s="17"/>
+    </row>
+    <row r="233" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A233" s="17"/>
+      <c r="B233" s="17"/>
+      <c r="C233" s="17"/>
+      <c r="D233" s="17"/>
+      <c r="E233" s="17"/>
+      <c r="F233" s="17"/>
+      <c r="G233" s="17"/>
+      <c r="H233" s="17"/>
+    </row>
+    <row r="234" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A234" s="17"/>
+      <c r="B234" s="17"/>
+      <c r="C234" s="17"/>
+      <c r="D234" s="17"/>
+      <c r="E234" s="17"/>
+      <c r="F234" s="17"/>
+      <c r="G234" s="17"/>
+      <c r="H234" s="17"/>
+    </row>
+    <row r="235" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A235" s="17"/>
+      <c r="B235" s="17"/>
+      <c r="C235" s="17"/>
+      <c r="D235" s="17"/>
+      <c r="E235" s="17"/>
+      <c r="F235" s="17"/>
+      <c r="G235" s="17"/>
+      <c r="H235" s="17"/>
+    </row>
+    <row r="236" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A236" s="17"/>
+      <c r="B236" s="17"/>
+      <c r="C236" s="17"/>
+      <c r="D236" s="17"/>
+      <c r="E236" s="17"/>
+      <c r="F236" s="17"/>
+      <c r="G236" s="17"/>
+      <c r="H236" s="17"/>
+    </row>
+    <row r="237" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A237" s="17"/>
+      <c r="B237" s="17"/>
+      <c r="C237" s="17"/>
+      <c r="D237" s="17"/>
+      <c r="E237" s="17"/>
+      <c r="F237" s="17"/>
+      <c r="G237" s="17"/>
+      <c r="H237" s="17"/>
+    </row>
+    <row r="238" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A238" s="17"/>
+      <c r="B238" s="17"/>
+      <c r="C238" s="17"/>
+      <c r="D238" s="17"/>
+      <c r="E238" s="17"/>
+      <c r="F238" s="17"/>
+      <c r="G238" s="17"/>
+      <c r="H238" s="17"/>
+    </row>
+    <row r="239" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A239" s="17"/>
+      <c r="B239" s="17"/>
+      <c r="C239" s="17"/>
+      <c r="D239" s="17"/>
+      <c r="E239" s="17"/>
+      <c r="F239" s="17"/>
+      <c r="G239" s="17"/>
+      <c r="H239" s="17"/>
+    </row>
+    <row r="240" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A240" s="17"/>
+      <c r="B240" s="17"/>
+      <c r="C240" s="17"/>
+      <c r="D240" s="17"/>
+      <c r="E240" s="17"/>
+      <c r="F240" s="17"/>
+      <c r="G240" s="17"/>
+      <c r="H240" s="17"/>
+    </row>
+    <row r="241" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A241" s="17"/>
+      <c r="B241" s="17"/>
+      <c r="C241" s="17"/>
+      <c r="D241" s="17"/>
+      <c r="E241" s="17"/>
+      <c r="F241" s="17"/>
+      <c r="G241" s="17"/>
+      <c r="H241" s="17"/>
+    </row>
+    <row r="242" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A242" s="17"/>
+      <c r="B242" s="17"/>
+      <c r="C242" s="17"/>
+      <c r="D242" s="17"/>
+      <c r="E242" s="17"/>
+      <c r="F242" s="17"/>
+      <c r="G242" s="17"/>
+      <c r="H242" s="17"/>
+    </row>
+    <row r="243" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A243" s="17"/>
+      <c r="B243" s="17"/>
+      <c r="C243" s="17"/>
+      <c r="D243" s="17"/>
+      <c r="E243" s="17"/>
+      <c r="F243" s="17"/>
+      <c r="G243" s="17"/>
+      <c r="H243" s="17"/>
+    </row>
+    <row r="244" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A244" s="17"/>
+      <c r="B244" s="17"/>
+      <c r="C244" s="17"/>
+      <c r="D244" s="17"/>
+      <c r="E244" s="17"/>
+      <c r="F244" s="17"/>
+      <c r="G244" s="17"/>
+      <c r="H244" s="17"/>
+    </row>
+    <row r="245" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A245" s="17"/>
+      <c r="B245" s="17"/>
+      <c r="C245" s="17"/>
+      <c r="D245" s="17"/>
+      <c r="E245" s="17"/>
+      <c r="F245" s="17"/>
+      <c r="G245" s="17"/>
+      <c r="H245" s="17"/>
+    </row>
+    <row r="246" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A246" s="17"/>
+      <c r="B246" s="17"/>
+      <c r="C246" s="17"/>
+      <c r="D246" s="17"/>
+      <c r="E246" s="17"/>
+      <c r="F246" s="17"/>
+      <c r="G246" s="17"/>
+      <c r="H246" s="17"/>
+    </row>
+    <row r="247" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A247" s="17"/>
+      <c r="B247" s="17"/>
+      <c r="C247" s="17"/>
+      <c r="D247" s="17"/>
+      <c r="E247" s="17"/>
+      <c r="F247" s="17"/>
+      <c r="G247" s="17"/>
+      <c r="H247" s="17"/>
+    </row>
+    <row r="248" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A248" s="17"/>
+      <c r="B248" s="17"/>
+      <c r="C248" s="17"/>
+      <c r="D248" s="17"/>
+      <c r="E248" s="17"/>
+      <c r="F248" s="17"/>
+      <c r="G248" s="17"/>
+      <c r="H248" s="17"/>
+    </row>
+    <row r="249" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A249" s="17"/>
+      <c r="B249" s="17"/>
+      <c r="C249" s="17"/>
+      <c r="D249" s="17"/>
+      <c r="E249" s="17"/>
+      <c r="F249" s="17"/>
+      <c r="G249" s="17"/>
+      <c r="H249" s="17"/>
+    </row>
+    <row r="250" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A250" s="17"/>
+      <c r="B250" s="17"/>
+      <c r="C250" s="17"/>
+      <c r="D250" s="17"/>
+      <c r="E250" s="17"/>
+      <c r="F250" s="17"/>
+      <c r="G250" s="17"/>
+      <c r="H250" s="17"/>
+    </row>
+    <row r="251" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A251" s="17"/>
+      <c r="B251" s="17"/>
+      <c r="C251" s="17"/>
+      <c r="D251" s="17"/>
+      <c r="E251" s="17"/>
+      <c r="F251" s="17"/>
+      <c r="G251" s="17"/>
+      <c r="H251" s="17"/>
+    </row>
+    <row r="252" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A252" s="17"/>
+      <c r="B252" s="17"/>
+      <c r="C252" s="17"/>
+      <c r="D252" s="17"/>
+      <c r="E252" s="17"/>
+      <c r="F252" s="17"/>
+      <c r="G252" s="17"/>
+      <c r="H252" s="17"/>
+    </row>
+    <row r="253" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A253" s="17"/>
+      <c r="B253" s="17"/>
+      <c r="C253" s="17"/>
+      <c r="D253" s="17"/>
+      <c r="E253" s="17"/>
+      <c r="F253" s="17"/>
+      <c r="G253" s="17"/>
+      <c r="H253" s="17"/>
+    </row>
+    <row r="254" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A254" s="17"/>
+      <c r="B254" s="17"/>
+      <c r="C254" s="17"/>
+      <c r="D254" s="17"/>
+      <c r="E254" s="17"/>
+      <c r="F254" s="17"/>
+      <c r="G254" s="17"/>
+      <c r="H254" s="17"/>
+    </row>
+    <row r="255" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A255" s="17"/>
+      <c r="B255" s="17"/>
+      <c r="C255" s="17"/>
+      <c r="D255" s="17"/>
+      <c r="E255" s="17"/>
+      <c r="F255" s="17"/>
+      <c r="G255" s="17"/>
+      <c r="H255" s="17"/>
+    </row>
+    <row r="256" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A256" s="17"/>
+      <c r="B256" s="17"/>
+      <c r="C256" s="17"/>
+      <c r="D256" s="17"/>
+      <c r="E256" s="17"/>
+      <c r="F256" s="17"/>
+      <c r="G256" s="17"/>
+      <c r="H256" s="17"/>
+    </row>
+    <row r="257" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A257" s="17"/>
+      <c r="B257" s="17"/>
+      <c r="C257" s="17"/>
+      <c r="D257" s="17"/>
+      <c r="E257" s="17"/>
+      <c r="F257" s="17"/>
+      <c r="G257" s="17"/>
+      <c r="H257" s="17"/>
+    </row>
+    <row r="258" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A258" s="17"/>
+      <c r="B258" s="17"/>
+      <c r="C258" s="17"/>
+      <c r="D258" s="17"/>
+      <c r="E258" s="17"/>
+      <c r="F258" s="17"/>
+      <c r="G258" s="17"/>
+      <c r="H258" s="17"/>
+    </row>
+    <row r="259" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A259" s="17"/>
+      <c r="B259" s="17"/>
+      <c r="C259" s="17"/>
+      <c r="D259" s="17"/>
+      <c r="E259" s="17"/>
+      <c r="F259" s="17"/>
+      <c r="G259" s="17"/>
+      <c r="H259" s="17"/>
+    </row>
+    <row r="260" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A260" s="17"/>
+      <c r="B260" s="17"/>
+      <c r="C260" s="17"/>
+      <c r="D260" s="17"/>
+      <c r="E260" s="17"/>
+      <c r="F260" s="17"/>
+      <c r="G260" s="17"/>
+      <c r="H260" s="17"/>
+    </row>
+    <row r="261" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A261" s="17"/>
+      <c r="B261" s="17"/>
+      <c r="C261" s="17"/>
+      <c r="D261" s="17"/>
+      <c r="E261" s="17"/>
+      <c r="F261" s="17"/>
+      <c r="G261" s="17"/>
+      <c r="H261" s="17"/>
+    </row>
+    <row r="262" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A262" s="17"/>
+      <c r="B262" s="17"/>
+      <c r="C262" s="17"/>
+      <c r="D262" s="17"/>
+      <c r="E262" s="17"/>
+      <c r="F262" s="17"/>
+      <c r="G262" s="17"/>
+      <c r="H262" s="17"/>
+    </row>
+    <row r="263" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A263" s="17"/>
+      <c r="B263" s="17"/>
+      <c r="C263" s="17"/>
+      <c r="D263" s="17"/>
+      <c r="E263" s="17"/>
+      <c r="F263" s="17"/>
+      <c r="G263" s="17"/>
+      <c r="H263" s="17"/>
+    </row>
+    <row r="264" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A264" s="17"/>
+      <c r="B264" s="17"/>
+      <c r="C264" s="17"/>
+      <c r="D264" s="17"/>
+      <c r="E264" s="17"/>
+      <c r="F264" s="17"/>
+      <c r="G264" s="17"/>
+      <c r="H264" s="17"/>
+    </row>
+    <row r="265" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A265" s="17"/>
+      <c r="B265" s="17"/>
+      <c r="C265" s="17"/>
+      <c r="D265" s="17"/>
+      <c r="E265" s="17"/>
+      <c r="F265" s="17"/>
+      <c r="G265" s="17"/>
+      <c r="H265" s="17"/>
+    </row>
+    <row r="266" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A266" s="17"/>
+      <c r="B266" s="17"/>
+      <c r="C266" s="17"/>
+      <c r="D266" s="17"/>
+      <c r="E266" s="17"/>
+      <c r="F266" s="17"/>
+      <c r="G266" s="17"/>
+      <c r="H266" s="17"/>
+    </row>
+    <row r="267" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A267" s="17"/>
+      <c r="B267" s="17"/>
+      <c r="C267" s="17"/>
+      <c r="D267" s="17"/>
+      <c r="E267" s="17"/>
+      <c r="F267" s="17"/>
+      <c r="G267" s="17"/>
+      <c r="H267" s="17"/>
+    </row>
+    <row r="268" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A268" s="17"/>
+      <c r="B268" s="17"/>
+      <c r="C268" s="17"/>
+      <c r="D268" s="17"/>
+      <c r="E268" s="17"/>
+      <c r="F268" s="17"/>
+      <c r="G268" s="17"/>
+      <c r="H268" s="17"/>
+    </row>
+    <row r="269" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A269" s="17"/>
+      <c r="B269" s="17"/>
+      <c r="C269" s="17"/>
+      <c r="D269" s="17"/>
+      <c r="E269" s="17"/>
+      <c r="F269" s="17"/>
+      <c r="G269" s="17"/>
+      <c r="H269" s="17"/>
+    </row>
+    <row r="270" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A270" s="17"/>
+      <c r="B270" s="17"/>
+      <c r="C270" s="17"/>
+      <c r="D270" s="17"/>
+      <c r="E270" s="17"/>
+      <c r="F270" s="17"/>
+      <c r="G270" s="17"/>
+      <c r="H270" s="17"/>
+    </row>
+    <row r="271" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A271" s="17"/>
+      <c r="B271" s="17"/>
+      <c r="C271" s="17"/>
+      <c r="D271" s="17"/>
+      <c r="E271" s="17"/>
+      <c r="F271" s="17"/>
+      <c r="G271" s="17"/>
+      <c r="H271" s="17"/>
+    </row>
+    <row r="272" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A272" s="17"/>
+      <c r="B272" s="17"/>
+      <c r="C272" s="17"/>
+      <c r="D272" s="17"/>
+      <c r="E272" s="17"/>
+      <c r="F272" s="17"/>
+      <c r="G272" s="17"/>
+      <c r="H272" s="17"/>
+    </row>
+    <row r="273" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A273" s="17"/>
+      <c r="B273" s="17"/>
+      <c r="C273" s="17"/>
+      <c r="D273" s="17"/>
+      <c r="E273" s="17"/>
+      <c r="F273" s="17"/>
+      <c r="G273" s="17"/>
+      <c r="H273" s="17"/>
+    </row>
+    <row r="274" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A274" s="17"/>
+      <c r="B274" s="17"/>
+      <c r="C274" s="17"/>
+      <c r="D274" s="17"/>
+      <c r="E274" s="17"/>
+      <c r="F274" s="17"/>
+      <c r="G274" s="17"/>
+      <c r="H274" s="17"/>
+    </row>
+    <row r="275" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A275" s="17"/>
+      <c r="B275" s="17"/>
+      <c r="C275" s="17"/>
+      <c r="D275" s="17"/>
+      <c r="E275" s="17"/>
+      <c r="F275" s="17"/>
+      <c r="G275" s="17"/>
+      <c r="H275" s="17"/>
+    </row>
+    <row r="276" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A276" s="17"/>
+      <c r="B276" s="17"/>
+      <c r="C276" s="17"/>
+      <c r="D276" s="17"/>
+      <c r="E276" s="17"/>
+      <c r="F276" s="17"/>
+      <c r="G276" s="17"/>
+      <c r="H276" s="17"/>
+    </row>
+    <row r="277" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A277" s="17"/>
+      <c r="B277" s="17"/>
+      <c r="C277" s="17"/>
+      <c r="D277" s="17"/>
+      <c r="E277" s="17"/>
+      <c r="F277" s="17"/>
+      <c r="G277" s="17"/>
+      <c r="H277" s="17"/>
+    </row>
+    <row r="278" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A278" s="17"/>
+      <c r="B278" s="17"/>
+      <c r="C278" s="17"/>
+      <c r="D278" s="17"/>
+      <c r="E278" s="17"/>
+      <c r="F278" s="17"/>
+      <c r="G278" s="17"/>
+      <c r="H278" s="17"/>
+    </row>
+    <row r="279" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A279" s="17"/>
+      <c r="B279" s="17"/>
+      <c r="C279" s="17"/>
+      <c r="D279" s="17"/>
+      <c r="E279" s="17"/>
+      <c r="F279" s="17"/>
+      <c r="G279" s="17"/>
+      <c r="H279" s="17"/>
+    </row>
+    <row r="280" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A280" s="17"/>
+      <c r="B280" s="17"/>
+      <c r="C280" s="17"/>
+      <c r="D280" s="17"/>
+      <c r="E280" s="17"/>
+      <c r="F280" s="17"/>
+      <c r="G280" s="17"/>
+      <c r="H280" s="17"/>
+    </row>
+    <row r="281" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A281" s="17"/>
+      <c r="B281" s="17"/>
+      <c r="C281" s="17"/>
+      <c r="D281" s="17"/>
+      <c r="E281" s="17"/>
+      <c r="F281" s="17"/>
+      <c r="G281" s="17"/>
+      <c r="H281" s="17"/>
+    </row>
+    <row r="282" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A282" s="17"/>
+      <c r="B282" s="17"/>
+      <c r="C282" s="17"/>
+      <c r="D282" s="17"/>
+      <c r="E282" s="17"/>
+      <c r="F282" s="17"/>
+      <c r="G282" s="17"/>
+      <c r="H282" s="17"/>
+    </row>
+    <row r="283" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A283" s="17"/>
+      <c r="B283" s="17"/>
+      <c r="C283" s="17"/>
+      <c r="D283" s="17"/>
+      <c r="E283" s="17"/>
+      <c r="F283" s="17"/>
+      <c r="G283" s="17"/>
+      <c r="H283" s="17"/>
+    </row>
+    <row r="284" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A284" s="17"/>
+      <c r="B284" s="17"/>
+      <c r="C284" s="17"/>
+      <c r="D284" s="17"/>
+      <c r="E284" s="17"/>
+      <c r="F284" s="17"/>
+      <c r="G284" s="17"/>
+      <c r="H284" s="17"/>
+    </row>
+    <row r="285" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A285" s="17"/>
+      <c r="B285" s="17"/>
+      <c r="C285" s="17"/>
+      <c r="D285" s="17"/>
+      <c r="E285" s="17"/>
+      <c r="F285" s="17"/>
+      <c r="G285" s="17"/>
+      <c r="H285" s="17"/>
+    </row>
+    <row r="286" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A286" s="17"/>
+      <c r="B286" s="17"/>
+      <c r="C286" s="17"/>
+      <c r="D286" s="17"/>
+      <c r="E286" s="17"/>
+      <c r="F286" s="17"/>
+      <c r="G286" s="17"/>
+      <c r="H286" s="17"/>
+    </row>
+    <row r="287" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A287" s="17"/>
+      <c r="B287" s="17"/>
+      <c r="C287" s="17"/>
+      <c r="D287" s="17"/>
+      <c r="E287" s="17"/>
+      <c r="F287" s="17"/>
+      <c r="G287" s="17"/>
+      <c r="H287" s="17"/>
+    </row>
+    <row r="288" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A288" s="17"/>
+      <c r="B288" s="17"/>
+      <c r="C288" s="17"/>
+      <c r="D288" s="17"/>
+      <c r="E288" s="17"/>
+      <c r="F288" s="17"/>
+      <c r="G288" s="17"/>
+      <c r="H288" s="17"/>
+    </row>
+    <row r="289" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A289" s="17"/>
+      <c r="B289" s="17"/>
+      <c r="C289" s="17"/>
+      <c r="D289" s="17"/>
+      <c r="E289" s="17"/>
+      <c r="F289" s="17"/>
+      <c r="G289" s="17"/>
+      <c r="H289" s="17"/>
+    </row>
+    <row r="290" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A290" s="17"/>
+      <c r="B290" s="17"/>
+      <c r="C290" s="17"/>
+      <c r="D290" s="17"/>
+      <c r="E290" s="17"/>
+      <c r="F290" s="17"/>
+      <c r="G290" s="17"/>
+      <c r="H290" s="17"/>
+    </row>
+    <row r="291" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A291" s="17"/>
+      <c r="B291" s="17"/>
+      <c r="C291" s="17"/>
+      <c r="D291" s="17"/>
+      <c r="E291" s="17"/>
+      <c r="F291" s="17"/>
+      <c r="G291" s="17"/>
+      <c r="H291" s="17"/>
+    </row>
+    <row r="292" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A292" s="17"/>
+      <c r="B292" s="17"/>
+      <c r="C292" s="17"/>
+      <c r="D292" s="17"/>
+      <c r="E292" s="17"/>
+      <c r="F292" s="17"/>
+      <c r="G292" s="17"/>
+      <c r="H292" s="17"/>
+    </row>
+    <row r="293" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A293" s="17"/>
+      <c r="B293" s="17"/>
+      <c r="C293" s="17"/>
+      <c r="D293" s="17"/>
+      <c r="E293" s="17"/>
+      <c r="F293" s="17"/>
+      <c r="G293" s="17"/>
+      <c r="H293" s="17"/>
+    </row>
+    <row r="294" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A294" s="17"/>
+      <c r="B294" s="17"/>
+      <c r="C294" s="17"/>
+      <c r="D294" s="17"/>
+      <c r="E294" s="17"/>
+      <c r="F294" s="17"/>
+      <c r="G294" s="17"/>
+      <c r="H294" s="17"/>
+    </row>
+    <row r="295" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A295" s="17"/>
+      <c r="B295" s="17"/>
+      <c r="C295" s="17"/>
+      <c r="D295" s="17"/>
+      <c r="E295" s="17"/>
+      <c r="F295" s="17"/>
+      <c r="G295" s="17"/>
+      <c r="H295" s="17"/>
+    </row>
+    <row r="296" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A296" s="17"/>
+      <c r="B296" s="17"/>
+      <c r="C296" s="17"/>
+      <c r="D296" s="17"/>
+      <c r="E296" s="17"/>
+      <c r="F296" s="17"/>
+      <c r="G296" s="17"/>
+      <c r="H296" s="17"/>
+    </row>
+    <row r="297" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A297" s="17"/>
+      <c r="B297" s="17"/>
+      <c r="C297" s="17"/>
+      <c r="D297" s="17"/>
+      <c r="E297" s="17"/>
+      <c r="F297" s="17"/>
+      <c r="G297" s="17"/>
+      <c r="H297" s="17"/>
+    </row>
+    <row r="298" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A298" s="17"/>
+      <c r="B298" s="17"/>
+      <c r="C298" s="17"/>
+      <c r="D298" s="17"/>
+      <c r="E298" s="17"/>
+      <c r="F298" s="17"/>
+      <c r="G298" s="17"/>
+      <c r="H298" s="17"/>
+    </row>
+    <row r="299" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A299" s="17"/>
+      <c r="B299" s="17"/>
+      <c r="C299" s="17"/>
+      <c r="D299" s="17"/>
+      <c r="E299" s="17"/>
+      <c r="F299" s="17"/>
+      <c r="G299" s="17"/>
+      <c r="H299" s="17"/>
+    </row>
+    <row r="300" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A300" s="17"/>
+      <c r="B300" s="17"/>
+      <c r="C300" s="17"/>
+      <c r="D300" s="17"/>
+      <c r="E300" s="17"/>
+      <c r="F300" s="17"/>
+      <c r="G300" s="17"/>
+      <c r="H300" s="17"/>
+    </row>
+    <row r="301" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A301" s="17"/>
+      <c r="B301" s="17"/>
+      <c r="C301" s="17"/>
+      <c r="D301" s="17"/>
+      <c r="E301" s="17"/>
+      <c r="F301" s="17"/>
+      <c r="G301" s="17"/>
+      <c r="H301" s="17"/>
+    </row>
+    <row r="302" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A302" s="17"/>
+      <c r="B302" s="17"/>
+      <c r="C302" s="17"/>
+      <c r="D302" s="17"/>
+      <c r="E302" s="17"/>
+      <c r="F302" s="17"/>
+      <c r="G302" s="17"/>
+      <c r="H302" s="17"/>
+    </row>
+    <row r="303" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A303" s="17"/>
+      <c r="B303" s="17"/>
+      <c r="C303" s="17"/>
+      <c r="D303" s="17"/>
+      <c r="E303" s="17"/>
+      <c r="F303" s="17"/>
+      <c r="G303" s="17"/>
+      <c r="H303" s="17"/>
+    </row>
+    <row r="304" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A304" s="17"/>
+      <c r="B304" s="17"/>
+      <c r="C304" s="17"/>
+      <c r="D304" s="17"/>
+      <c r="E304" s="17"/>
+      <c r="F304" s="17"/>
+      <c r="G304" s="17"/>
+      <c r="H304" s="17"/>
+    </row>
+    <row r="305" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A305" s="17"/>
+      <c r="B305" s="17"/>
+      <c r="C305" s="17"/>
+      <c r="D305" s="17"/>
+      <c r="E305" s="17"/>
+      <c r="F305" s="17"/>
+      <c r="G305" s="17"/>
+      <c r="H305" s="17"/>
+    </row>
+    <row r="306" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A306" s="17"/>
+      <c r="B306" s="17"/>
+      <c r="C306" s="17"/>
+      <c r="D306" s="17"/>
+      <c r="E306" s="17"/>
+      <c r="F306" s="17"/>
+      <c r="G306" s="17"/>
+      <c r="H306" s="17"/>
+    </row>
+    <row r="307" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A307" s="17"/>
+      <c r="B307" s="17"/>
+      <c r="C307" s="17"/>
+      <c r="D307" s="17"/>
+      <c r="E307" s="17"/>
+      <c r="F307" s="17"/>
+      <c r="G307" s="17"/>
+      <c r="H307" s="17"/>
+    </row>
+    <row r="308" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A308" s="17"/>
+      <c r="B308" s="17"/>
+      <c r="C308" s="17"/>
+      <c r="D308" s="17"/>
+      <c r="E308" s="17"/>
+      <c r="F308" s="17"/>
+      <c r="G308" s="17"/>
+      <c r="H308" s="17"/>
+    </row>
+    <row r="309" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A309" s="17"/>
+      <c r="B309" s="17"/>
+      <c r="C309" s="17"/>
+      <c r="D309" s="17"/>
+      <c r="E309" s="17"/>
+      <c r="F309" s="17"/>
+      <c r="G309" s="17"/>
+      <c r="H309" s="17"/>
+    </row>
+    <row r="310" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A310" s="17"/>
+      <c r="B310" s="17"/>
+      <c r="C310" s="17"/>
+      <c r="D310" s="17"/>
+      <c r="E310" s="17"/>
+      <c r="F310" s="17"/>
+      <c r="G310" s="17"/>
+      <c r="H310" s="17"/>
+    </row>
+    <row r="311" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A311" s="17"/>
+      <c r="B311" s="17"/>
+      <c r="C311" s="17"/>
+      <c r="D311" s="17"/>
+      <c r="E311" s="17"/>
+      <c r="F311" s="17"/>
+      <c r="G311" s="17"/>
+      <c r="H311" s="17"/>
+    </row>
+    <row r="312" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A312" s="17"/>
+      <c r="B312" s="17"/>
+      <c r="C312" s="17"/>
+      <c r="D312" s="17"/>
+      <c r="E312" s="17"/>
+      <c r="F312" s="17"/>
+      <c r="G312" s="17"/>
+      <c r="H312" s="17"/>
+    </row>
+    <row r="313" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A313" s="17"/>
+      <c r="B313" s="17"/>
+      <c r="C313" s="17"/>
+      <c r="D313" s="17"/>
+      <c r="E313" s="17"/>
+      <c r="F313" s="17"/>
+      <c r="G313" s="17"/>
+      <c r="H313" s="17"/>
+    </row>
+    <row r="314" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A314" s="17"/>
+      <c r="B314" s="17"/>
+      <c r="C314" s="17"/>
+      <c r="D314" s="17"/>
+      <c r="E314" s="17"/>
+      <c r="F314" s="17"/>
+      <c r="G314" s="17"/>
+      <c r="H314" s="17"/>
+    </row>
+    <row r="315" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A315" s="17"/>
+      <c r="B315" s="17"/>
+      <c r="C315" s="17"/>
+      <c r="D315" s="17"/>
+      <c r="E315" s="17"/>
+      <c r="F315" s="17"/>
+      <c r="G315" s="17"/>
+      <c r="H315" s="17"/>
+    </row>
+    <row r="316" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A316" s="17"/>
+      <c r="B316" s="17"/>
+      <c r="C316" s="17"/>
+      <c r="D316" s="17"/>
+      <c r="E316" s="17"/>
+      <c r="F316" s="17"/>
+      <c r="G316" s="17"/>
+      <c r="H316" s="17"/>
+    </row>
+    <row r="317" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A317" s="17"/>
+      <c r="B317" s="17"/>
+      <c r="C317" s="17"/>
+      <c r="D317" s="17"/>
+      <c r="E317" s="17"/>
+      <c r="F317" s="17"/>
+      <c r="G317" s="17"/>
+      <c r="H317" s="17"/>
+    </row>
+    <row r="318" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A318" s="17"/>
+      <c r="B318" s="17"/>
+      <c r="C318" s="17"/>
+      <c r="D318" s="17"/>
+      <c r="E318" s="17"/>
+      <c r="F318" s="17"/>
+      <c r="G318" s="17"/>
+      <c r="H318" s="17"/>
+    </row>
+    <row r="319" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A319" s="17"/>
+      <c r="B319" s="17"/>
+      <c r="C319" s="17"/>
+      <c r="D319" s="17"/>
+      <c r="E319" s="17"/>
+      <c r="F319" s="17"/>
+      <c r="G319" s="17"/>
+      <c r="H319" s="17"/>
+    </row>
+    <row r="320" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A320" s="17"/>
+      <c r="B320" s="17"/>
+      <c r="C320" s="17"/>
+      <c r="D320" s="17"/>
+      <c r="E320" s="17"/>
+      <c r="F320" s="17"/>
+      <c r="G320" s="17"/>
+      <c r="H320" s="17"/>
+    </row>
+    <row r="321" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A321" s="17"/>
+      <c r="B321" s="17"/>
+      <c r="C321" s="17"/>
+      <c r="D321" s="17"/>
+      <c r="E321" s="17"/>
+      <c r="F321" s="17"/>
+      <c r="G321" s="17"/>
+      <c r="H321" s="17"/>
+    </row>
+    <row r="322" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A322" s="17"/>
+      <c r="B322" s="17"/>
+      <c r="C322" s="17"/>
+      <c r="D322" s="17"/>
+      <c r="E322" s="17"/>
+      <c r="F322" s="17"/>
+      <c r="G322" s="17"/>
+      <c r="H322" s="17"/>
+    </row>
+    <row r="323" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A323" s="17"/>
+      <c r="B323" s="17"/>
+      <c r="C323" s="17"/>
+      <c r="D323" s="17"/>
+      <c r="E323" s="17"/>
+      <c r="F323" s="17"/>
+      <c r="G323" s="17"/>
+      <c r="H323" s="17"/>
+    </row>
+    <row r="324" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A324" s="17"/>
+      <c r="B324" s="17"/>
+      <c r="C324" s="17"/>
+      <c r="D324" s="17"/>
+      <c r="E324" s="17"/>
+      <c r="F324" s="17"/>
+      <c r="G324" s="17"/>
+      <c r="H324" s="17"/>
+    </row>
+    <row r="325" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A325" s="17"/>
+      <c r="B325" s="17"/>
+      <c r="C325" s="17"/>
+      <c r="D325" s="17"/>
+      <c r="E325" s="17"/>
+      <c r="F325" s="17"/>
+      <c r="G325" s="17"/>
+      <c r="H325" s="17"/>
+    </row>
+    <row r="326" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A326" s="17"/>
+      <c r="B326" s="17"/>
+      <c r="C326" s="17"/>
+      <c r="D326" s="17"/>
+      <c r="E326" s="17"/>
+      <c r="F326" s="17"/>
+      <c r="G326" s="17"/>
+      <c r="H326" s="17"/>
+    </row>
+    <row r="327" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A327" s="17"/>
+      <c r="B327" s="17"/>
+      <c r="C327" s="17"/>
+      <c r="D327" s="17"/>
+      <c r="E327" s="17"/>
+      <c r="F327" s="17"/>
+      <c r="G327" s="17"/>
+      <c r="H327" s="17"/>
+    </row>
+    <row r="328" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A328" s="17"/>
+      <c r="B328" s="17"/>
+      <c r="C328" s="17"/>
+      <c r="D328" s="17"/>
+      <c r="E328" s="17"/>
+      <c r="F328" s="17"/>
+      <c r="G328" s="17"/>
+      <c r="H328" s="17"/>
+    </row>
+    <row r="329" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A329" s="17"/>
+      <c r="B329" s="17"/>
+      <c r="C329" s="17"/>
+      <c r="D329" s="17"/>
+      <c r="E329" s="17"/>
+      <c r="F329" s="17"/>
+      <c r="G329" s="17"/>
+      <c r="H329" s="17"/>
+    </row>
+    <row r="330" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A330" s="17"/>
+      <c r="B330" s="17"/>
+      <c r="C330" s="17"/>
+      <c r="D330" s="17"/>
+      <c r="E330" s="17"/>
+      <c r="F330" s="17"/>
+      <c r="G330" s="17"/>
+      <c r="H330" s="17"/>
+    </row>
+    <row r="331" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A331" s="17"/>
+      <c r="B331" s="17"/>
+      <c r="C331" s="17"/>
+      <c r="D331" s="17"/>
+      <c r="E331" s="17"/>
+      <c r="F331" s="17"/>
+      <c r="G331" s="17"/>
+      <c r="H331" s="17"/>
+    </row>
+    <row r="332" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A332" s="17"/>
+      <c r="B332" s="17"/>
+      <c r="C332" s="17"/>
+      <c r="D332" s="17"/>
+      <c r="E332" s="17"/>
+      <c r="F332" s="17"/>
+      <c r="G332" s="17"/>
+      <c r="H332" s="17"/>
+    </row>
+    <row r="333" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A333" s="17"/>
+      <c r="B333" s="17"/>
+      <c r="C333" s="17"/>
+      <c r="D333" s="17"/>
+      <c r="E333" s="17"/>
+      <c r="F333" s="17"/>
+      <c r="G333" s="17"/>
+      <c r="H333" s="17"/>
+    </row>
+    <row r="334" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A334" s="17"/>
+      <c r="B334" s="17"/>
+      <c r="C334" s="17"/>
+      <c r="D334" s="17"/>
+      <c r="E334" s="17"/>
+      <c r="F334" s="17"/>
+      <c r="G334" s="17"/>
+      <c r="H334" s="17"/>
+    </row>
+    <row r="335" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A335" s="17"/>
+      <c r="B335" s="17"/>
+      <c r="C335" s="17"/>
+      <c r="D335" s="17"/>
+      <c r="E335" s="17"/>
+      <c r="F335" s="17"/>
+      <c r="G335" s="17"/>
+      <c r="H335" s="17"/>
+    </row>
+    <row r="336" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A336" s="17"/>
+      <c r="B336" s="17"/>
+      <c r="C336" s="17"/>
+      <c r="D336" s="17"/>
+      <c r="E336" s="17"/>
+      <c r="F336" s="17"/>
+      <c r="G336" s="17"/>
+      <c r="H336" s="17"/>
+    </row>
+    <row r="337" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A337" s="17"/>
+      <c r="B337" s="17"/>
+      <c r="C337" s="17"/>
+      <c r="D337" s="17"/>
+      <c r="E337" s="17"/>
+      <c r="F337" s="17"/>
+      <c r="G337" s="17"/>
+      <c r="H337" s="17"/>
+    </row>
+    <row r="338" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A338" s="17"/>
+      <c r="B338" s="17"/>
+      <c r="C338" s="17"/>
+      <c r="D338" s="17"/>
+      <c r="E338" s="17"/>
+      <c r="F338" s="17"/>
+      <c r="G338" s="17"/>
+      <c r="H338" s="17"/>
+    </row>
+    <row r="339" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A339" s="17"/>
+      <c r="B339" s="17"/>
+      <c r="C339" s="17"/>
+      <c r="D339" s="17"/>
+      <c r="E339" s="17"/>
+      <c r="F339" s="17"/>
+      <c r="G339" s="17"/>
+      <c r="H339" s="17"/>
+    </row>
+    <row r="340" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A340" s="17"/>
+      <c r="B340" s="17"/>
+      <c r="C340" s="17"/>
+      <c r="D340" s="17"/>
+      <c r="E340" s="17"/>
+      <c r="F340" s="17"/>
+      <c r="G340" s="17"/>
+      <c r="H340" s="17"/>
+    </row>
+    <row r="341" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A341" s="17"/>
+      <c r="B341" s="17"/>
+      <c r="C341" s="17"/>
+      <c r="D341" s="17"/>
+      <c r="E341" s="17"/>
+      <c r="F341" s="17"/>
+      <c r="G341" s="17"/>
+      <c r="H341" s="17"/>
+    </row>
+    <row r="342" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A342" s="17"/>
+      <c r="B342" s="17"/>
+      <c r="C342" s="17"/>
+      <c r="D342" s="17"/>
+      <c r="E342" s="17"/>
+      <c r="F342" s="17"/>
+      <c r="G342" s="17"/>
+      <c r="H342" s="17"/>
+    </row>
+    <row r="343" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A343" s="17"/>
+      <c r="B343" s="17"/>
+      <c r="C343" s="17"/>
+      <c r="D343" s="17"/>
+      <c r="E343" s="17"/>
+      <c r="F343" s="17"/>
+      <c r="G343" s="17"/>
+      <c r="H343" s="17"/>
+    </row>
+    <row r="344" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A344" s="17"/>
+      <c r="B344" s="17"/>
+      <c r="C344" s="17"/>
+      <c r="D344" s="17"/>
+      <c r="E344" s="17"/>
+      <c r="F344" s="17"/>
+      <c r="G344" s="17"/>
+      <c r="H344" s="17"/>
+    </row>
+    <row r="345" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A345" s="17"/>
+      <c r="B345" s="17"/>
+      <c r="C345" s="17"/>
+      <c r="D345" s="17"/>
+      <c r="E345" s="17"/>
+      <c r="F345" s="17"/>
+      <c r="G345" s="17"/>
+      <c r="H345" s="17"/>
+    </row>
+    <row r="346" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A346" s="17"/>
+      <c r="B346" s="17"/>
+      <c r="C346" s="17"/>
+      <c r="D346" s="17"/>
+      <c r="E346" s="17"/>
+      <c r="F346" s="17"/>
+      <c r="G346" s="17"/>
+      <c r="H346" s="17"/>
+    </row>
+    <row r="347" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A347" s="17"/>
+      <c r="B347" s="17"/>
+      <c r="C347" s="17"/>
+      <c r="D347" s="17"/>
+      <c r="E347" s="17"/>
+      <c r="F347" s="17"/>
+      <c r="G347" s="17"/>
+      <c r="H347" s="17"/>
+    </row>
+    <row r="348" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A348" s="17"/>
+      <c r="B348" s="17"/>
+      <c r="C348" s="17"/>
+      <c r="D348" s="17"/>
+      <c r="E348" s="17"/>
+      <c r="F348" s="17"/>
+      <c r="G348" s="17"/>
+      <c r="H348" s="17"/>
+    </row>
+    <row r="349" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A349" s="17"/>
+      <c r="B349" s="17"/>
+      <c r="C349" s="17"/>
+      <c r="D349" s="17"/>
+      <c r="E349" s="17"/>
+      <c r="F349" s="17"/>
+      <c r="G349" s="17"/>
+      <c r="H349" s="17"/>
+    </row>
+    <row r="350" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A350" s="17"/>
+      <c r="B350" s="17"/>
+      <c r="C350" s="17"/>
+      <c r="D350" s="17"/>
+      <c r="E350" s="17"/>
+      <c r="F350" s="17"/>
+      <c r="G350" s="17"/>
+      <c r="H350" s="17"/>
+    </row>
+    <row r="351" customFormat="false" ht="15.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A351" s="17"/>
+      <c r="B351" s="17"/>
+      <c r="C351" s="17"/>
+      <c r="D351" s="17"/>
+      <c r="E351" s="17"/>
+      <c r="F351" s="17"/>
+      <c r="G351" s="17"/>
+      <c r="H351" s="17"/>
+    </row>
+    <row r="1048576" customFormat="false" ht="15.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="F4:K4"/>
-[...1 lines deleted...]
-    <mergeCell ref="L3:V143"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="I1:S141"/>
+    <mergeCell ref="B2:H2"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
-[...20 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Template/>
+  <TotalTime></TotalTime>
+  <Application>LibreOffice/25.2.6.2$Windows_X86_64 LibreOffice_project/729c5bfe710f5eb71ed3bbde9e06a6065e9c6c5d</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>GOUABAU Donatien</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:description/>
+  <dc:language>fr-FR</dc:language>
+  <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>